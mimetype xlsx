--- v0 (2026-01-08)
+++ v1 (2026-01-29)
@@ -16,53 +16,53 @@
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fs11\財務部\資産管理課\資産運営係\■各施設関係\04 コンベンションセンター\１４：運用見直し\優先予約対応\2025年度\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1EA86786-6940-468E-97EB-98A986985330}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1940CF8D-8C5E-4CDF-8BD9-0D0B60B22656}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="5" xr2:uid="{CF668FAB-EDAF-4522-81AF-EF69E0307092}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="7" xr2:uid="{CF668FAB-EDAF-4522-81AF-EF69E0307092}"/>
   </bookViews>
   <sheets>
     <sheet name="2027.3" sheetId="12" r:id="rId1"/>
     <sheet name="2027.2" sheetId="11" r:id="rId2"/>
     <sheet name="2027.1" sheetId="10" r:id="rId3"/>
     <sheet name="2026.12" sheetId="9" r:id="rId4"/>
     <sheet name="2026.11" sheetId="8" r:id="rId5"/>
     <sheet name="2026.10" sheetId="7" r:id="rId6"/>
     <sheet name="2026.9" sheetId="6" r:id="rId7"/>
     <sheet name="2026.8" sheetId="5" r:id="rId8"/>
     <sheet name="2026.7" sheetId="4" r:id="rId9"/>
     <sheet name="2026.6" sheetId="3" r:id="rId10"/>
     <sheet name="2026.5" sheetId="2" r:id="rId11"/>
     <sheet name="2026.4" sheetId="1" r:id="rId12"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -331,51 +331,51 @@
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="42">
+  <borders count="55">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right/>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
@@ -866,57 +866,258 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border diagonalUp="1">
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
+    <border diagonalUp="1">
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal style="thin">
+        <color auto="1"/>
+      </diagonal>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="54">
+  <cellXfs count="67">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1">
@@ -1015,50 +1216,89 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="40" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="33" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="28" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="19" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="35" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="42" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="43" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="44" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="45" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="46" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="47" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="48" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="49" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="50" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="51" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="52" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="54" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="27" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="37" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
@@ -1443,51 +1683,51 @@
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21A01EF7-A9A7-4F14-8E4F-CC635C74AC55}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
     <sheetView topLeftCell="A27" workbookViewId="0">
       <selection activeCell="W50" sqref="W50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -1539,56 +1779,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -1638,51 +1878,51 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AE4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AF4" s="23" t="s">
         <v>17</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -4038,51 +4278,51 @@
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DFCDEC8-DFBC-43AF-93CB-D474A19FD48F}">
   <dimension ref="A2:AF49"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="X50" sqref="X50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="31" width="6.5" customWidth="1"/>
     <col min="32" max="32" width="10.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:32" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -4131,56 +4371,56 @@
       </c>
       <c r="X3" s="4">
         <v>23</v>
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="22">
         <v>30</v>
       </c>
-      <c r="AF3" s="50" t="s">
+      <c r="AF3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -4227,51 +4467,51 @@
       </c>
       <c r="X4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="Y4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AE4" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="AF4" s="51"/>
+      <c r="AF4" s="64"/>
     </row>
     <row r="5" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -6534,51 +6774,51 @@
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{117D33DC-FEC5-4A23-AE4A-FE675CBF0799}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
     <sheetView topLeftCell="A30" workbookViewId="0">
       <selection activeCell="Y53" sqref="Y53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -6630,56 +6870,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="30" t="s">
         <v>20</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -6729,51 +6969,51 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AD4" s="29" t="s">
         <v>19</v>
       </c>
       <c r="AE4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="AF4" s="32" t="s">
         <v>27</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -8985,51 +9225,51 @@
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5BAF588F-C1D5-4CC6-AEAA-C29CE1CD9902}">
   <dimension ref="A2:AF49"/>
   <sheetViews>
     <sheetView topLeftCell="A27" workbookViewId="0">
       <selection activeCell="X53" sqref="X53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="31" width="6.5" customWidth="1"/>
     <col min="32" max="32" width="10.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:32" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -9078,56 +9318,56 @@
       </c>
       <c r="X3" s="4">
         <v>23</v>
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="22">
         <v>30</v>
       </c>
-      <c r="AF3" s="50" t="s">
+      <c r="AF3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="17" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -9174,51 +9414,51 @@
       </c>
       <c r="X4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="Y4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AE4" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="AF4" s="51"/>
+      <c r="AF4" s="64"/>
     </row>
     <row r="5" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -11209,51 +11449,51 @@
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E7D388C-9699-401B-AC7D-A2C400D90F36}">
   <dimension ref="A2:AD49"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K54" sqref="K54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="29" width="6.5" customWidth="1"/>
     <col min="30" max="30" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:30" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:30" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -11296,56 +11536,56 @@
       </c>
       <c r="V3" s="4">
         <v>21</v>
       </c>
       <c r="W3" s="4">
         <v>22</v>
       </c>
       <c r="X3" s="4">
         <v>23</v>
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
-      <c r="AD3" s="50" t="s">
+      <c r="AD3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:30" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>28</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -11386,51 +11626,51 @@
       </c>
       <c r="V4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="W4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="X4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="Y4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="AD4" s="51"/>
+      <c r="AD4" s="64"/>
     </row>
     <row r="5" spans="1:30" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -13935,71 +14175,71 @@
       <c r="AB49" s="44">
         <v>18729</v>
       </c>
       <c r="AC49" s="44">
         <v>18729</v>
       </c>
       <c r="AD49" s="29" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="AD3:AD4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FB479782-F391-4BEF-973E-D99E5789A6C1}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
-    <sheetView topLeftCell="A36" workbookViewId="0">
-      <selection activeCell="W50" sqref="W50"/>
+    <sheetView topLeftCell="A27" workbookViewId="0">
+      <selection activeCell="D52" sqref="D52"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>38</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -14051,56 +14291,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -14150,98 +14390,98 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AE4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AF4" s="23" t="s">
         <v>27</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
       <c r="V5" s="9"/>
       <c r="W5" s="9"/>
       <c r="X5" s="9"/>
       <c r="Y5" s="9"/>
       <c r="Z5" s="9"/>
       <c r="AA5" s="9"/>
       <c r="AB5" s="9"/>
       <c r="AC5" s="9"/>
       <c r="AD5" s="9"/>
       <c r="AE5" s="9"/>
       <c r="AF5" s="10"/>
       <c r="AG5" s="10" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A6" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B6" s="39"/>
-[...1 lines deleted...]
-      <c r="D6" s="40"/>
+      <c r="B6" s="48"/>
+      <c r="C6" s="49"/>
+      <c r="D6" s="49"/>
       <c r="E6" s="7"/>
       <c r="F6" s="6"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7">
         <v>19990</v>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="7">
         <v>18728</v>
       </c>
       <c r="P6" s="7">
         <v>18728</v>
       </c>
       <c r="Q6" s="7">
         <v>18728</v>
       </c>
       <c r="R6" s="7">
         <v>18728</v>
       </c>
       <c r="S6" s="7">
@@ -14258,53 +14498,53 @@
       </c>
       <c r="W6" s="7">
         <v>18728</v>
       </c>
       <c r="X6" s="7">
         <v>18728</v>
       </c>
       <c r="Y6" s="7">
         <v>18728</v>
       </c>
       <c r="Z6" s="7"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="7"/>
       <c r="AC6" s="7"/>
       <c r="AD6" s="7"/>
       <c r="AE6" s="7"/>
       <c r="AF6" s="24"/>
       <c r="AG6" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A7" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="B7" s="39"/>
-[...1 lines deleted...]
-      <c r="D7" s="7"/>
+      <c r="B7" s="50"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="51"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6">
         <v>19990</v>
       </c>
       <c r="N7" s="6"/>
       <c r="O7" s="7">
         <v>18728</v>
       </c>
       <c r="P7" s="7">
         <v>18728</v>
       </c>
       <c r="Q7" s="7">
         <v>18728</v>
       </c>
       <c r="R7" s="7">
         <v>18728</v>
       </c>
       <c r="S7" s="7">
@@ -14321,53 +14561,53 @@
       </c>
       <c r="W7" s="7">
         <v>18728</v>
       </c>
       <c r="X7" s="7">
         <v>18728</v>
       </c>
       <c r="Y7" s="7">
         <v>18728</v>
       </c>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="7"/>
       <c r="AD7" s="7"/>
       <c r="AE7" s="7"/>
       <c r="AF7" s="24"/>
       <c r="AG7" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A8" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="39"/>
-[...1 lines deleted...]
-      <c r="D8" s="7"/>
+      <c r="B8" s="50"/>
+      <c r="C8" s="51"/>
+      <c r="D8" s="51"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6">
         <v>19990</v>
       </c>
       <c r="N8" s="6"/>
       <c r="O8" s="7">
         <v>18728</v>
       </c>
       <c r="P8" s="7">
         <v>18728</v>
       </c>
       <c r="Q8" s="7">
         <v>18728</v>
       </c>
       <c r="R8" s="7">
         <v>18728</v>
       </c>
       <c r="S8" s="7">
@@ -14384,53 +14624,53 @@
       </c>
       <c r="W8" s="7">
         <v>18728</v>
       </c>
       <c r="X8" s="7">
         <v>18728</v>
       </c>
       <c r="Y8" s="7">
         <v>18728</v>
       </c>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="7"/>
       <c r="AD8" s="7"/>
       <c r="AE8" s="7"/>
       <c r="AF8" s="24"/>
       <c r="AG8" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A9" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="39"/>
-[...1 lines deleted...]
-      <c r="D9" s="7"/>
+      <c r="B9" s="50"/>
+      <c r="C9" s="51"/>
+      <c r="D9" s="51"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6">
         <v>19990</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="7">
         <v>18728</v>
       </c>
       <c r="P9" s="7">
         <v>18728</v>
       </c>
       <c r="Q9" s="7">
         <v>18728</v>
       </c>
       <c r="R9" s="7">
         <v>18728</v>
       </c>
       <c r="S9" s="7">
@@ -14447,53 +14687,53 @@
       </c>
       <c r="W9" s="7">
         <v>18728</v>
       </c>
       <c r="X9" s="7">
         <v>18728</v>
       </c>
       <c r="Y9" s="7">
         <v>18728</v>
       </c>
       <c r="Z9" s="6"/>
       <c r="AA9" s="11"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="7"/>
       <c r="AD9" s="7"/>
       <c r="AE9" s="7"/>
       <c r="AF9" s="24"/>
       <c r="AG9" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A10" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="B10" s="39"/>
-[...1 lines deleted...]
-      <c r="D10" s="7"/>
+      <c r="B10" s="50"/>
+      <c r="C10" s="51"/>
+      <c r="D10" s="51"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6">
         <v>19990</v>
       </c>
       <c r="N10" s="6"/>
       <c r="O10" s="7">
         <v>18728</v>
       </c>
       <c r="P10" s="7">
         <v>18728</v>
       </c>
       <c r="Q10" s="7">
         <v>18728</v>
       </c>
       <c r="R10" s="7">
         <v>18728</v>
       </c>
       <c r="S10" s="7">
@@ -14510,53 +14750,53 @@
       </c>
       <c r="W10" s="7">
         <v>18728</v>
       </c>
       <c r="X10" s="7">
         <v>18728</v>
       </c>
       <c r="Y10" s="7">
         <v>18728</v>
       </c>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6"/>
       <c r="AB10" s="6"/>
       <c r="AC10" s="7"/>
       <c r="AD10" s="7"/>
       <c r="AE10" s="7"/>
       <c r="AF10" s="24"/>
       <c r="AG10" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A11" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="B11" s="39"/>
-[...1 lines deleted...]
-      <c r="D11" s="7"/>
+      <c r="B11" s="50"/>
+      <c r="C11" s="51"/>
+      <c r="D11" s="51"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="6"/>
       <c r="M11" s="6">
         <v>19990</v>
       </c>
       <c r="N11" s="6"/>
       <c r="O11" s="7">
         <v>18728</v>
       </c>
       <c r="P11" s="7">
         <v>18728</v>
       </c>
       <c r="Q11" s="7">
         <v>18728</v>
       </c>
       <c r="R11" s="7">
         <v>18728</v>
       </c>
       <c r="S11" s="7">
@@ -14573,53 +14813,53 @@
       </c>
       <c r="W11" s="7">
         <v>18728</v>
       </c>
       <c r="X11" s="7">
         <v>18728</v>
       </c>
       <c r="Y11" s="7">
         <v>18728</v>
       </c>
       <c r="Z11" s="6"/>
       <c r="AA11" s="6"/>
       <c r="AB11" s="6"/>
       <c r="AC11" s="7"/>
       <c r="AD11" s="7"/>
       <c r="AE11" s="7"/>
       <c r="AF11" s="24"/>
       <c r="AG11" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A12" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="39"/>
-[...1 lines deleted...]
-      <c r="D12" s="7"/>
+      <c r="B12" s="50"/>
+      <c r="C12" s="51"/>
+      <c r="D12" s="51"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6">
         <v>19990</v>
       </c>
       <c r="N12" s="6"/>
       <c r="O12" s="7">
         <v>18728</v>
       </c>
       <c r="P12" s="7">
         <v>18728</v>
       </c>
       <c r="Q12" s="7">
         <v>18728</v>
       </c>
       <c r="R12" s="7">
         <v>18728</v>
       </c>
       <c r="S12" s="7">
@@ -14636,53 +14876,53 @@
       </c>
       <c r="W12" s="7">
         <v>18728</v>
       </c>
       <c r="X12" s="7">
         <v>18728</v>
       </c>
       <c r="Y12" s="7">
         <v>18728</v>
       </c>
       <c r="Z12" s="6"/>
       <c r="AA12" s="6"/>
       <c r="AB12" s="6"/>
       <c r="AC12" s="7"/>
       <c r="AD12" s="7"/>
       <c r="AE12" s="7"/>
       <c r="AF12" s="24"/>
       <c r="AG12" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A13" s="38" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="39"/>
-[...1 lines deleted...]
-      <c r="D13" s="41"/>
+      <c r="B13" s="52"/>
+      <c r="C13" s="53"/>
+      <c r="D13" s="53"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11">
         <v>19990</v>
       </c>
       <c r="N13" s="11"/>
       <c r="O13" s="7">
         <v>18728</v>
       </c>
       <c r="P13" s="7">
         <v>18728</v>
       </c>
       <c r="Q13" s="7">
         <v>18728</v>
       </c>
       <c r="R13" s="7">
         <v>18728</v>
       </c>
       <c r="S13" s="7">
@@ -14738,53 +14978,53 @@
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
       <c r="R14" s="9"/>
       <c r="S14" s="9"/>
       <c r="T14" s="9"/>
       <c r="U14" s="9"/>
       <c r="V14" s="9"/>
       <c r="W14" s="9"/>
       <c r="X14" s="9"/>
       <c r="Y14" s="9"/>
       <c r="Z14" s="9"/>
       <c r="AA14" s="9"/>
       <c r="AB14" s="9"/>
       <c r="AC14" s="9"/>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="10"/>
       <c r="AG14" s="21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A15" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B15" s="39"/>
-[...1 lines deleted...]
-      <c r="D15" s="40"/>
+      <c r="B15" s="48"/>
+      <c r="C15" s="49"/>
+      <c r="D15" s="49"/>
       <c r="E15" s="7"/>
       <c r="F15" s="6"/>
       <c r="G15" s="7"/>
       <c r="H15" s="7"/>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7">
         <v>19990</v>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="7">
         <v>18728</v>
       </c>
       <c r="P15" s="7">
         <v>18728</v>
       </c>
       <c r="Q15" s="7">
         <v>18728</v>
       </c>
       <c r="R15" s="7">
         <v>18728</v>
       </c>
       <c r="S15" s="7">
@@ -14805,53 +15045,53 @@
       <c r="X15" s="7">
         <v>18728</v>
       </c>
       <c r="Y15" s="7">
         <v>18728</v>
       </c>
       <c r="Z15" s="7">
         <v>20141</v>
       </c>
       <c r="AA15" s="7">
         <v>20141</v>
       </c>
       <c r="AB15" s="6"/>
       <c r="AC15" s="7"/>
       <c r="AD15" s="7"/>
       <c r="AE15" s="7"/>
       <c r="AF15" s="24"/>
       <c r="AG15" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A16" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="B16" s="39"/>
-[...1 lines deleted...]
-      <c r="D16" s="7"/>
+      <c r="B16" s="50"/>
+      <c r="C16" s="51"/>
+      <c r="D16" s="51"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6">
         <v>19990</v>
       </c>
       <c r="N16" s="6"/>
       <c r="O16" s="7">
         <v>18728</v>
       </c>
       <c r="P16" s="7">
         <v>18728</v>
       </c>
       <c r="Q16" s="7">
         <v>18728</v>
       </c>
       <c r="R16" s="7">
         <v>18728</v>
       </c>
       <c r="S16" s="7">
@@ -14872,53 +15112,53 @@
       <c r="X16" s="7">
         <v>18728</v>
       </c>
       <c r="Y16" s="7">
         <v>18728</v>
       </c>
       <c r="Z16" s="6">
         <v>20141</v>
       </c>
       <c r="AA16" s="6">
         <v>20141</v>
       </c>
       <c r="AB16" s="6"/>
       <c r="AC16" s="7"/>
       <c r="AD16" s="7"/>
       <c r="AE16" s="7"/>
       <c r="AF16" s="24"/>
       <c r="AG16" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A17" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B17" s="39"/>
-[...1 lines deleted...]
-      <c r="D17" s="7"/>
+      <c r="B17" s="50"/>
+      <c r="C17" s="51"/>
+      <c r="D17" s="51"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="7"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6">
         <v>19990</v>
       </c>
       <c r="N17" s="6"/>
       <c r="O17" s="7">
         <v>18728</v>
       </c>
       <c r="P17" s="7">
         <v>18728</v>
       </c>
       <c r="Q17" s="7">
         <v>18728</v>
       </c>
       <c r="R17" s="7">
         <v>18728</v>
       </c>
       <c r="S17" s="7">
@@ -14939,53 +15179,53 @@
       <c r="X17" s="7">
         <v>18728</v>
       </c>
       <c r="Y17" s="7">
         <v>18728</v>
       </c>
       <c r="Z17" s="6">
         <v>20141</v>
       </c>
       <c r="AA17" s="6">
         <v>20141</v>
       </c>
       <c r="AB17" s="6"/>
       <c r="AC17" s="7"/>
       <c r="AD17" s="7"/>
       <c r="AE17" s="7"/>
       <c r="AF17" s="24"/>
       <c r="AG17" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A18" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B18" s="39"/>
-[...1 lines deleted...]
-      <c r="D18" s="7"/>
+      <c r="B18" s="50"/>
+      <c r="C18" s="51"/>
+      <c r="D18" s="51"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="6"/>
       <c r="M18" s="6">
         <v>19990</v>
       </c>
       <c r="N18" s="6"/>
       <c r="O18" s="7">
         <v>18728</v>
       </c>
       <c r="P18" s="7">
         <v>18728</v>
       </c>
       <c r="Q18" s="7">
         <v>18728</v>
       </c>
       <c r="R18" s="7">
         <v>18728</v>
       </c>
       <c r="S18" s="7">
@@ -15006,53 +15246,53 @@
       <c r="X18" s="7">
         <v>18728</v>
       </c>
       <c r="Y18" s="7">
         <v>18728</v>
       </c>
       <c r="Z18" s="6">
         <v>20141</v>
       </c>
       <c r="AA18" s="6">
         <v>20141</v>
       </c>
       <c r="AB18" s="11"/>
       <c r="AC18" s="7"/>
       <c r="AD18" s="7"/>
       <c r="AE18" s="7"/>
       <c r="AF18" s="24"/>
       <c r="AG18" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A19" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="B19" s="39"/>
-[...1 lines deleted...]
-      <c r="D19" s="7"/>
+      <c r="B19" s="50"/>
+      <c r="C19" s="51"/>
+      <c r="D19" s="51"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
       <c r="L19" s="6"/>
       <c r="M19" s="6">
         <v>19990</v>
       </c>
       <c r="N19" s="6"/>
       <c r="O19" s="7">
         <v>18728</v>
       </c>
       <c r="P19" s="7">
         <v>18728</v>
       </c>
       <c r="Q19" s="7">
         <v>18728</v>
       </c>
       <c r="R19" s="7">
         <v>18728</v>
       </c>
       <c r="S19" s="7">
@@ -15073,53 +15313,53 @@
       <c r="X19" s="7">
         <v>18728</v>
       </c>
       <c r="Y19" s="7">
         <v>18728</v>
       </c>
       <c r="Z19" s="6">
         <v>20141</v>
       </c>
       <c r="AA19" s="6">
         <v>20141</v>
       </c>
       <c r="AB19" s="6"/>
       <c r="AC19" s="7"/>
       <c r="AD19" s="7"/>
       <c r="AE19" s="7"/>
       <c r="AF19" s="24"/>
       <c r="AG19" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A20" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="B20" s="39"/>
-[...1 lines deleted...]
-      <c r="D20" s="7"/>
+      <c r="B20" s="50"/>
+      <c r="C20" s="51"/>
+      <c r="D20" s="51"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="7"/>
       <c r="H20" s="7"/>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="7"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6">
         <v>19990</v>
       </c>
       <c r="N20" s="6"/>
       <c r="O20" s="7">
         <v>18728</v>
       </c>
       <c r="P20" s="7">
         <v>18728</v>
       </c>
       <c r="Q20" s="7">
         <v>18728</v>
       </c>
       <c r="R20" s="7">
         <v>18728</v>
       </c>
       <c r="S20" s="7">
@@ -15140,53 +15380,53 @@
       <c r="X20" s="7">
         <v>18728</v>
       </c>
       <c r="Y20" s="7">
         <v>18728</v>
       </c>
       <c r="Z20" s="6">
         <v>20141</v>
       </c>
       <c r="AA20" s="6">
         <v>20141</v>
       </c>
       <c r="AB20" s="6"/>
       <c r="AC20" s="7"/>
       <c r="AD20" s="7"/>
       <c r="AE20" s="7"/>
       <c r="AF20" s="24"/>
       <c r="AG20" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A21" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B21" s="39"/>
-[...1 lines deleted...]
-      <c r="D21" s="7"/>
+      <c r="B21" s="50"/>
+      <c r="C21" s="51"/>
+      <c r="D21" s="51"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="7"/>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="7"/>
       <c r="L21" s="6"/>
       <c r="M21" s="6">
         <v>19990</v>
       </c>
       <c r="N21" s="6"/>
       <c r="O21" s="7">
         <v>18728</v>
       </c>
       <c r="P21" s="7">
         <v>18728</v>
       </c>
       <c r="Q21" s="7">
         <v>18728</v>
       </c>
       <c r="R21" s="7">
         <v>18728</v>
       </c>
       <c r="S21" s="7">
@@ -15207,53 +15447,53 @@
       <c r="X21" s="7">
         <v>18728</v>
       </c>
       <c r="Y21" s="7">
         <v>18728</v>
       </c>
       <c r="Z21" s="6">
         <v>20141</v>
       </c>
       <c r="AA21" s="6">
         <v>20141</v>
       </c>
       <c r="AB21" s="6"/>
       <c r="AC21" s="7"/>
       <c r="AD21" s="7"/>
       <c r="AE21" s="7"/>
       <c r="AF21" s="24"/>
       <c r="AG21" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A22" s="38" t="s">
         <v>8</v>
       </c>
-      <c r="B22" s="39"/>
-[...1 lines deleted...]
-      <c r="D22" s="41"/>
+      <c r="B22" s="52"/>
+      <c r="C22" s="53"/>
+      <c r="D22" s="53"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11">
         <v>19990</v>
       </c>
       <c r="N22" s="11"/>
       <c r="O22" s="7">
         <v>18728</v>
       </c>
       <c r="P22" s="7">
         <v>18728</v>
       </c>
       <c r="Q22" s="7">
         <v>18728</v>
       </c>
       <c r="R22" s="7">
         <v>18728</v>
       </c>
       <c r="S22" s="7">
@@ -15313,53 +15553,53 @@
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
       <c r="U23" s="9"/>
       <c r="V23" s="9"/>
       <c r="W23" s="9"/>
       <c r="X23" s="9"/>
       <c r="Y23" s="9"/>
       <c r="Z23" s="9"/>
       <c r="AA23" s="9"/>
       <c r="AB23" s="9"/>
       <c r="AC23" s="9"/>
       <c r="AD23" s="9"/>
       <c r="AE23" s="9"/>
       <c r="AF23" s="10"/>
       <c r="AG23" s="21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A24" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="39"/>
-[...1 lines deleted...]
-      <c r="D24" s="40"/>
+      <c r="B24" s="48"/>
+      <c r="C24" s="49"/>
+      <c r="D24" s="49"/>
       <c r="E24" s="7"/>
       <c r="F24" s="6"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7">
         <v>19990</v>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="7">
         <v>18728</v>
       </c>
       <c r="P24" s="7">
         <v>18728</v>
       </c>
       <c r="Q24" s="7">
         <v>18728</v>
       </c>
       <c r="R24" s="7">
         <v>18728</v>
       </c>
       <c r="S24" s="7">
@@ -15376,53 +15616,53 @@
       </c>
       <c r="W24" s="7">
         <v>18728</v>
       </c>
       <c r="X24" s="7">
         <v>18728</v>
       </c>
       <c r="Y24" s="7">
         <v>18728</v>
       </c>
       <c r="Z24" s="7"/>
       <c r="AA24" s="6"/>
       <c r="AB24" s="6"/>
       <c r="AC24" s="7"/>
       <c r="AD24" s="7"/>
       <c r="AE24" s="7"/>
       <c r="AF24" s="24"/>
       <c r="AG24" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A25" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="B25" s="39"/>
-[...1 lines deleted...]
-      <c r="D25" s="7"/>
+      <c r="B25" s="50"/>
+      <c r="C25" s="51"/>
+      <c r="D25" s="51"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="6"/>
       <c r="M25" s="6">
         <v>19990</v>
       </c>
       <c r="N25" s="6"/>
       <c r="O25" s="7">
         <v>18728</v>
       </c>
       <c r="P25" s="7">
         <v>18728</v>
       </c>
       <c r="Q25" s="7">
         <v>18728</v>
       </c>
       <c r="R25" s="7">
         <v>18728</v>
       </c>
       <c r="S25" s="7">
@@ -15439,53 +15679,53 @@
       </c>
       <c r="W25" s="7">
         <v>18728</v>
       </c>
       <c r="X25" s="7">
         <v>18728</v>
       </c>
       <c r="Y25" s="7">
         <v>18728</v>
       </c>
       <c r="Z25" s="6"/>
       <c r="AA25" s="6"/>
       <c r="AB25" s="6"/>
       <c r="AC25" s="7"/>
       <c r="AD25" s="7"/>
       <c r="AE25" s="7"/>
       <c r="AF25" s="24"/>
       <c r="AG25" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A26" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B26" s="39"/>
-[...1 lines deleted...]
-      <c r="D26" s="7"/>
+      <c r="B26" s="50"/>
+      <c r="C26" s="51"/>
+      <c r="D26" s="51"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="7"/>
       <c r="H26" s="7"/>
       <c r="I26" s="7"/>
       <c r="J26" s="7"/>
       <c r="K26" s="7"/>
       <c r="L26" s="6"/>
       <c r="M26" s="6">
         <v>19990</v>
       </c>
       <c r="N26" s="6"/>
       <c r="O26" s="7">
         <v>18728</v>
       </c>
       <c r="P26" s="7">
         <v>18728</v>
       </c>
       <c r="Q26" s="7">
         <v>18728</v>
       </c>
       <c r="R26" s="7">
         <v>18728</v>
       </c>
       <c r="S26" s="7">
@@ -15502,53 +15742,53 @@
       </c>
       <c r="W26" s="7">
         <v>18728</v>
       </c>
       <c r="X26" s="7">
         <v>18728</v>
       </c>
       <c r="Y26" s="7">
         <v>18728</v>
       </c>
       <c r="Z26" s="6"/>
       <c r="AA26" s="6"/>
       <c r="AB26" s="6"/>
       <c r="AC26" s="7"/>
       <c r="AD26" s="7"/>
       <c r="AE26" s="7"/>
       <c r="AF26" s="24"/>
       <c r="AG26" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A27" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B27" s="39"/>
-[...1 lines deleted...]
-      <c r="D27" s="7"/>
+      <c r="B27" s="50"/>
+      <c r="C27" s="51"/>
+      <c r="D27" s="51"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="7"/>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="7"/>
       <c r="L27" s="6"/>
       <c r="M27" s="6">
         <v>19990</v>
       </c>
       <c r="N27" s="6"/>
       <c r="O27" s="7">
         <v>18728</v>
       </c>
       <c r="P27" s="7">
         <v>18728</v>
       </c>
       <c r="Q27" s="7">
         <v>18728</v>
       </c>
       <c r="R27" s="7">
         <v>18728</v>
       </c>
       <c r="S27" s="7">
@@ -15565,53 +15805,53 @@
       </c>
       <c r="W27" s="7">
         <v>18728</v>
       </c>
       <c r="X27" s="7">
         <v>18728</v>
       </c>
       <c r="Y27" s="7">
         <v>18728</v>
       </c>
       <c r="Z27" s="6"/>
       <c r="AA27" s="11"/>
       <c r="AB27" s="11"/>
       <c r="AC27" s="7"/>
       <c r="AD27" s="7"/>
       <c r="AE27" s="7"/>
       <c r="AF27" s="24"/>
       <c r="AG27" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A28" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="B28" s="39"/>
-[...1 lines deleted...]
-      <c r="D28" s="7"/>
+      <c r="B28" s="50"/>
+      <c r="C28" s="51"/>
+      <c r="D28" s="51"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6">
         <v>19990</v>
       </c>
       <c r="N28" s="6"/>
       <c r="O28" s="7">
         <v>18728</v>
       </c>
       <c r="P28" s="7">
         <v>18728</v>
       </c>
       <c r="Q28" s="7">
         <v>18728</v>
       </c>
       <c r="R28" s="7">
         <v>18728</v>
       </c>
       <c r="S28" s="7">
@@ -15628,53 +15868,53 @@
       </c>
       <c r="W28" s="7">
         <v>18728</v>
       </c>
       <c r="X28" s="7">
         <v>18728</v>
       </c>
       <c r="Y28" s="7">
         <v>18728</v>
       </c>
       <c r="Z28" s="6"/>
       <c r="AA28" s="6"/>
       <c r="AB28" s="6"/>
       <c r="AC28" s="7"/>
       <c r="AD28" s="7"/>
       <c r="AE28" s="7"/>
       <c r="AF28" s="24"/>
       <c r="AG28" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A29" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="B29" s="39"/>
-[...1 lines deleted...]
-      <c r="D29" s="7"/>
+      <c r="B29" s="50"/>
+      <c r="C29" s="51"/>
+      <c r="D29" s="51"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="7"/>
       <c r="H29" s="7"/>
       <c r="I29" s="7"/>
       <c r="J29" s="7"/>
       <c r="K29" s="7"/>
       <c r="L29" s="6"/>
       <c r="M29" s="6">
         <v>19990</v>
       </c>
       <c r="N29" s="6"/>
       <c r="O29" s="7">
         <v>18728</v>
       </c>
       <c r="P29" s="7">
         <v>18728</v>
       </c>
       <c r="Q29" s="7">
         <v>18728</v>
       </c>
       <c r="R29" s="7">
         <v>18728</v>
       </c>
       <c r="S29" s="7">
@@ -15691,53 +15931,53 @@
       </c>
       <c r="W29" s="7">
         <v>18728</v>
       </c>
       <c r="X29" s="7">
         <v>18728</v>
       </c>
       <c r="Y29" s="7">
         <v>18728</v>
       </c>
       <c r="Z29" s="6"/>
       <c r="AA29" s="6"/>
       <c r="AB29" s="6"/>
       <c r="AC29" s="7"/>
       <c r="AD29" s="7"/>
       <c r="AE29" s="7"/>
       <c r="AF29" s="24"/>
       <c r="AG29" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A30" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B30" s="39"/>
-[...1 lines deleted...]
-      <c r="D30" s="7"/>
+      <c r="B30" s="50"/>
+      <c r="C30" s="51"/>
+      <c r="D30" s="51"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6">
         <v>19990</v>
       </c>
       <c r="N30" s="6"/>
       <c r="O30" s="7">
         <v>18728</v>
       </c>
       <c r="P30" s="7">
         <v>18728</v>
       </c>
       <c r="Q30" s="7">
         <v>18728</v>
       </c>
       <c r="R30" s="7">
         <v>18728</v>
       </c>
       <c r="S30" s="7">
@@ -15754,53 +15994,53 @@
       </c>
       <c r="W30" s="7">
         <v>18728</v>
       </c>
       <c r="X30" s="7">
         <v>18728</v>
       </c>
       <c r="Y30" s="7">
         <v>18728</v>
       </c>
       <c r="Z30" s="6"/>
       <c r="AA30" s="6"/>
       <c r="AB30" s="6"/>
       <c r="AC30" s="7"/>
       <c r="AD30" s="7"/>
       <c r="AE30" s="7"/>
       <c r="AF30" s="24"/>
       <c r="AG30" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A31" s="38" t="s">
         <v>8</v>
       </c>
-      <c r="B31" s="39"/>
-[...1 lines deleted...]
-      <c r="D31" s="41"/>
+      <c r="B31" s="52"/>
+      <c r="C31" s="53"/>
+      <c r="D31" s="53"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="11"/>
       <c r="M31" s="11">
         <v>19990</v>
       </c>
       <c r="N31" s="11"/>
       <c r="O31" s="7">
         <v>18728</v>
       </c>
       <c r="P31" s="7">
         <v>18728</v>
       </c>
       <c r="Q31" s="7">
         <v>18728</v>
       </c>
       <c r="R31" s="7">
         <v>18728</v>
       </c>
       <c r="S31" s="7">
@@ -15856,53 +16096,53 @@
       <c r="P32" s="9"/>
       <c r="Q32" s="9"/>
       <c r="R32" s="9"/>
       <c r="S32" s="9"/>
       <c r="T32" s="9"/>
       <c r="U32" s="9"/>
       <c r="V32" s="9"/>
       <c r="W32" s="9"/>
       <c r="X32" s="9"/>
       <c r="Y32" s="9"/>
       <c r="Z32" s="9"/>
       <c r="AA32" s="9"/>
       <c r="AB32" s="9"/>
       <c r="AC32" s="9"/>
       <c r="AD32" s="9"/>
       <c r="AE32" s="9"/>
       <c r="AF32" s="10"/>
       <c r="AG32" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A33" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B33" s="39"/>
-[...1 lines deleted...]
-      <c r="D33" s="40"/>
+      <c r="B33" s="48"/>
+      <c r="C33" s="49"/>
+      <c r="D33" s="49"/>
       <c r="E33" s="7"/>
       <c r="F33" s="6"/>
       <c r="G33" s="7"/>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7">
         <v>19990</v>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="7">
         <v>18728</v>
       </c>
       <c r="P33" s="7">
         <v>18728</v>
       </c>
       <c r="Q33" s="7">
         <v>18728</v>
       </c>
       <c r="R33" s="7">
         <v>18728</v>
       </c>
       <c r="S33" s="7">
@@ -15919,53 +16159,53 @@
       </c>
       <c r="W33" s="7">
         <v>18728</v>
       </c>
       <c r="X33" s="7">
         <v>18728</v>
       </c>
       <c r="Y33" s="7">
         <v>18728</v>
       </c>
       <c r="Z33" s="7"/>
       <c r="AA33" s="6"/>
       <c r="AB33" s="6"/>
       <c r="AC33" s="7"/>
       <c r="AD33" s="7"/>
       <c r="AE33" s="7"/>
       <c r="AF33" s="24"/>
       <c r="AG33" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A34" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="B34" s="39"/>
-[...1 lines deleted...]
-      <c r="D34" s="7"/>
+      <c r="B34" s="50"/>
+      <c r="C34" s="51"/>
+      <c r="D34" s="51"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="7"/>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="6"/>
       <c r="M34" s="6">
         <v>19990</v>
       </c>
       <c r="N34" s="6"/>
       <c r="O34" s="7">
         <v>18728</v>
       </c>
       <c r="P34" s="7">
         <v>18728</v>
       </c>
       <c r="Q34" s="7">
         <v>18728</v>
       </c>
       <c r="R34" s="7">
         <v>18728</v>
       </c>
       <c r="S34" s="7">
@@ -15982,53 +16222,53 @@
       </c>
       <c r="W34" s="7">
         <v>18728</v>
       </c>
       <c r="X34" s="7">
         <v>18728</v>
       </c>
       <c r="Y34" s="7">
         <v>18728</v>
       </c>
       <c r="Z34" s="6"/>
       <c r="AA34" s="6"/>
       <c r="AB34" s="6"/>
       <c r="AC34" s="7"/>
       <c r="AD34" s="7"/>
       <c r="AE34" s="7"/>
       <c r="AF34" s="24"/>
       <c r="AG34" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A35" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B35" s="39"/>
-[...1 lines deleted...]
-      <c r="D35" s="7"/>
+      <c r="B35" s="50"/>
+      <c r="C35" s="51"/>
+      <c r="D35" s="51"/>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="6"/>
       <c r="M35" s="6">
         <v>19990</v>
       </c>
       <c r="N35" s="6"/>
       <c r="O35" s="7">
         <v>18728</v>
       </c>
       <c r="P35" s="7">
         <v>18728</v>
       </c>
       <c r="Q35" s="7">
         <v>18728</v>
       </c>
       <c r="R35" s="7">
         <v>18728</v>
       </c>
       <c r="S35" s="7">
@@ -16045,53 +16285,53 @@
       </c>
       <c r="W35" s="7">
         <v>18728</v>
       </c>
       <c r="X35" s="7">
         <v>18728</v>
       </c>
       <c r="Y35" s="7">
         <v>18728</v>
       </c>
       <c r="Z35" s="6"/>
       <c r="AA35" s="6"/>
       <c r="AB35" s="6"/>
       <c r="AC35" s="7"/>
       <c r="AD35" s="7"/>
       <c r="AE35" s="7"/>
       <c r="AF35" s="24"/>
       <c r="AG35" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A36" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B36" s="39"/>
-[...1 lines deleted...]
-      <c r="D36" s="7"/>
+      <c r="B36" s="50"/>
+      <c r="C36" s="51"/>
+      <c r="D36" s="51"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="7"/>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6">
         <v>19990</v>
       </c>
       <c r="N36" s="6"/>
       <c r="O36" s="7">
         <v>18728</v>
       </c>
       <c r="P36" s="7">
         <v>18728</v>
       </c>
       <c r="Q36" s="7">
         <v>18728</v>
       </c>
       <c r="R36" s="7">
         <v>18728</v>
       </c>
       <c r="S36" s="7">
@@ -16108,53 +16348,53 @@
       </c>
       <c r="W36" s="7">
         <v>18728</v>
       </c>
       <c r="X36" s="7">
         <v>18728</v>
       </c>
       <c r="Y36" s="7">
         <v>18728</v>
       </c>
       <c r="Z36" s="6"/>
       <c r="AA36" s="11"/>
       <c r="AB36" s="11"/>
       <c r="AC36" s="7"/>
       <c r="AD36" s="7"/>
       <c r="AE36" s="7"/>
       <c r="AF36" s="24"/>
       <c r="AG36" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A37" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="B37" s="39"/>
-[...1 lines deleted...]
-      <c r="D37" s="7"/>
+      <c r="B37" s="50"/>
+      <c r="C37" s="51"/>
+      <c r="D37" s="51"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="7"/>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="6"/>
       <c r="M37" s="6">
         <v>19990</v>
       </c>
       <c r="N37" s="6"/>
       <c r="O37" s="7">
         <v>18728</v>
       </c>
       <c r="P37" s="7">
         <v>18728</v>
       </c>
       <c r="Q37" s="7">
         <v>18728</v>
       </c>
       <c r="R37" s="7">
         <v>18728</v>
       </c>
       <c r="S37" s="7">
@@ -16171,53 +16411,53 @@
       </c>
       <c r="W37" s="7">
         <v>18728</v>
       </c>
       <c r="X37" s="7">
         <v>18728</v>
       </c>
       <c r="Y37" s="7">
         <v>18728</v>
       </c>
       <c r="Z37" s="6"/>
       <c r="AA37" s="6"/>
       <c r="AB37" s="6"/>
       <c r="AC37" s="7"/>
       <c r="AD37" s="7"/>
       <c r="AE37" s="7"/>
       <c r="AF37" s="24"/>
       <c r="AG37" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A38" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="B38" s="39"/>
-[...1 lines deleted...]
-      <c r="D38" s="7"/>
+      <c r="B38" s="50"/>
+      <c r="C38" s="51"/>
+      <c r="D38" s="51"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="6"/>
       <c r="M38" s="6">
         <v>19990</v>
       </c>
       <c r="N38" s="6"/>
       <c r="O38" s="7">
         <v>18728</v>
       </c>
       <c r="P38" s="7">
         <v>18728</v>
       </c>
       <c r="Q38" s="7">
         <v>18728</v>
       </c>
       <c r="R38" s="7">
         <v>18728</v>
       </c>
       <c r="S38" s="7">
@@ -16234,53 +16474,53 @@
       </c>
       <c r="W38" s="7">
         <v>18728</v>
       </c>
       <c r="X38" s="7">
         <v>18728</v>
       </c>
       <c r="Y38" s="7">
         <v>18728</v>
       </c>
       <c r="Z38" s="6"/>
       <c r="AA38" s="6"/>
       <c r="AB38" s="6"/>
       <c r="AC38" s="7"/>
       <c r="AD38" s="7"/>
       <c r="AE38" s="7"/>
       <c r="AF38" s="24"/>
       <c r="AG38" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A39" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B39" s="39"/>
-[...1 lines deleted...]
-      <c r="D39" s="7"/>
+      <c r="B39" s="50"/>
+      <c r="C39" s="51"/>
+      <c r="D39" s="51"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="7"/>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6">
         <v>19990</v>
       </c>
       <c r="N39" s="6"/>
       <c r="O39" s="7">
         <v>18728</v>
       </c>
       <c r="P39" s="7">
         <v>18728</v>
       </c>
       <c r="Q39" s="7">
         <v>18728</v>
       </c>
       <c r="R39" s="7">
         <v>18728</v>
       </c>
       <c r="S39" s="7">
@@ -16297,53 +16537,53 @@
       </c>
       <c r="W39" s="7">
         <v>18728</v>
       </c>
       <c r="X39" s="7">
         <v>18728</v>
       </c>
       <c r="Y39" s="7">
         <v>18728</v>
       </c>
       <c r="Z39" s="6"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="7"/>
       <c r="AD39" s="7"/>
       <c r="AE39" s="7"/>
       <c r="AF39" s="24"/>
       <c r="AG39" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A40" s="38" t="s">
         <v>8</v>
       </c>
-      <c r="B40" s="39"/>
-[...1 lines deleted...]
-      <c r="D40" s="41"/>
+      <c r="B40" s="52"/>
+      <c r="C40" s="53"/>
+      <c r="D40" s="53"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11">
         <v>19990</v>
       </c>
       <c r="N40" s="11"/>
       <c r="O40" s="7">
         <v>18728</v>
       </c>
       <c r="P40" s="7">
         <v>18728</v>
       </c>
       <c r="Q40" s="7">
         <v>18728</v>
       </c>
       <c r="R40" s="7">
         <v>18728</v>
       </c>
       <c r="S40" s="7">
@@ -16399,53 +16639,53 @@
       <c r="P41" s="9"/>
       <c r="Q41" s="9"/>
       <c r="R41" s="9"/>
       <c r="S41" s="9"/>
       <c r="T41" s="9"/>
       <c r="U41" s="9"/>
       <c r="V41" s="9"/>
       <c r="W41" s="9"/>
       <c r="X41" s="9"/>
       <c r="Y41" s="9"/>
       <c r="Z41" s="9"/>
       <c r="AA41" s="9"/>
       <c r="AB41" s="9"/>
       <c r="AC41" s="9"/>
       <c r="AD41" s="9"/>
       <c r="AE41" s="9"/>
       <c r="AF41" s="10"/>
       <c r="AG41" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A42" s="36" t="s">
         <v>9</v>
       </c>
-      <c r="B42" s="39"/>
-[...1 lines deleted...]
-      <c r="D42" s="40"/>
+      <c r="B42" s="48"/>
+      <c r="C42" s="49"/>
+      <c r="D42" s="49"/>
       <c r="E42" s="7"/>
       <c r="F42" s="6"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7">
         <v>19990</v>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="7">
         <v>18728</v>
       </c>
       <c r="P42" s="7">
         <v>18728</v>
       </c>
       <c r="Q42" s="7">
         <v>18728</v>
       </c>
       <c r="R42" s="7">
         <v>18728</v>
       </c>
       <c r="S42" s="7">
@@ -16462,53 +16702,53 @@
       </c>
       <c r="W42" s="7">
         <v>18728</v>
       </c>
       <c r="X42" s="7">
         <v>18728</v>
       </c>
       <c r="Y42" s="7">
         <v>18728</v>
       </c>
       <c r="Z42" s="7"/>
       <c r="AA42" s="6"/>
       <c r="AB42" s="6"/>
       <c r="AC42" s="7"/>
       <c r="AD42" s="7"/>
       <c r="AE42" s="7"/>
       <c r="AF42" s="24"/>
       <c r="AG42" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A43" s="37" t="s">
         <v>2</v>
       </c>
-      <c r="B43" s="39"/>
-[...1 lines deleted...]
-      <c r="D43" s="7"/>
+      <c r="B43" s="50"/>
+      <c r="C43" s="51"/>
+      <c r="D43" s="51"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
       <c r="G43" s="7"/>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="6"/>
       <c r="M43" s="6">
         <v>19990</v>
       </c>
       <c r="N43" s="6"/>
       <c r="O43" s="7">
         <v>18728</v>
       </c>
       <c r="P43" s="7">
         <v>18728</v>
       </c>
       <c r="Q43" s="7">
         <v>18728</v>
       </c>
       <c r="R43" s="7">
         <v>18728</v>
       </c>
       <c r="S43" s="7">
@@ -16525,53 +16765,53 @@
       </c>
       <c r="W43" s="7">
         <v>18728</v>
       </c>
       <c r="X43" s="7">
         <v>18728</v>
       </c>
       <c r="Y43" s="7">
         <v>18728</v>
       </c>
       <c r="Z43" s="6"/>
       <c r="AA43" s="6"/>
       <c r="AB43" s="6"/>
       <c r="AC43" s="7"/>
       <c r="AD43" s="7"/>
       <c r="AE43" s="7"/>
       <c r="AF43" s="24"/>
       <c r="AG43" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A44" s="37" t="s">
         <v>3</v>
       </c>
-      <c r="B44" s="39"/>
-[...1 lines deleted...]
-      <c r="D44" s="7"/>
+      <c r="B44" s="50"/>
+      <c r="C44" s="51"/>
+      <c r="D44" s="51"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6">
         <v>19990</v>
       </c>
       <c r="N44" s="6"/>
       <c r="O44" s="7">
         <v>18728</v>
       </c>
       <c r="P44" s="7">
         <v>18728</v>
       </c>
       <c r="Q44" s="7">
         <v>18728</v>
       </c>
       <c r="R44" s="7">
         <v>18728</v>
       </c>
       <c r="S44" s="7">
@@ -16588,53 +16828,53 @@
       </c>
       <c r="W44" s="7">
         <v>18728</v>
       </c>
       <c r="X44" s="7">
         <v>18728</v>
       </c>
       <c r="Y44" s="7">
         <v>18728</v>
       </c>
       <c r="Z44" s="6"/>
       <c r="AA44" s="6"/>
       <c r="AB44" s="6"/>
       <c r="AC44" s="7"/>
       <c r="AD44" s="7"/>
       <c r="AE44" s="7"/>
       <c r="AF44" s="24"/>
       <c r="AG44" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A45" s="37" t="s">
         <v>4</v>
       </c>
-      <c r="B45" s="39"/>
-[...1 lines deleted...]
-      <c r="D45" s="7"/>
+      <c r="B45" s="50"/>
+      <c r="C45" s="51"/>
+      <c r="D45" s="51"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="6"/>
       <c r="M45" s="6">
         <v>19990</v>
       </c>
       <c r="N45" s="6"/>
       <c r="O45" s="7">
         <v>18728</v>
       </c>
       <c r="P45" s="7">
         <v>18728</v>
       </c>
       <c r="Q45" s="7">
         <v>18728</v>
       </c>
       <c r="R45" s="7">
         <v>18728</v>
       </c>
       <c r="S45" s="7">
@@ -16651,53 +16891,53 @@
       </c>
       <c r="W45" s="7">
         <v>18728</v>
       </c>
       <c r="X45" s="7">
         <v>18728</v>
       </c>
       <c r="Y45" s="7">
         <v>18728</v>
       </c>
       <c r="Z45" s="6"/>
       <c r="AA45" s="11"/>
       <c r="AB45" s="11"/>
       <c r="AC45" s="7"/>
       <c r="AD45" s="7"/>
       <c r="AE45" s="7"/>
       <c r="AF45" s="24"/>
       <c r="AG45" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A46" s="37" t="s">
         <v>5</v>
       </c>
-      <c r="B46" s="39"/>
-[...1 lines deleted...]
-      <c r="D46" s="7"/>
+      <c r="B46" s="50"/>
+      <c r="C46" s="51"/>
+      <c r="D46" s="51"/>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="6"/>
       <c r="M46" s="6">
         <v>19990</v>
       </c>
       <c r="N46" s="6"/>
       <c r="O46" s="7">
         <v>18728</v>
       </c>
       <c r="P46" s="7">
         <v>18728</v>
       </c>
       <c r="Q46" s="7">
         <v>18728</v>
       </c>
       <c r="R46" s="7">
         <v>18728</v>
       </c>
       <c r="S46" s="7">
@@ -16714,53 +16954,53 @@
       </c>
       <c r="W46" s="7">
         <v>18728</v>
       </c>
       <c r="X46" s="7">
         <v>18728</v>
       </c>
       <c r="Y46" s="7">
         <v>18728</v>
       </c>
       <c r="Z46" s="6"/>
       <c r="AA46" s="6"/>
       <c r="AB46" s="6"/>
       <c r="AC46" s="7"/>
       <c r="AD46" s="7"/>
       <c r="AE46" s="7"/>
       <c r="AF46" s="24"/>
       <c r="AG46" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A47" s="37" t="s">
         <v>6</v>
       </c>
-      <c r="B47" s="39"/>
-[...1 lines deleted...]
-      <c r="D47" s="7"/>
+      <c r="B47" s="50"/>
+      <c r="C47" s="51"/>
+      <c r="D47" s="51"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
       <c r="G47" s="7"/>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6">
         <v>19990</v>
       </c>
       <c r="N47" s="6"/>
       <c r="O47" s="7">
         <v>18728</v>
       </c>
       <c r="P47" s="7">
         <v>18728</v>
       </c>
       <c r="Q47" s="7">
         <v>18728</v>
       </c>
       <c r="R47" s="7">
         <v>18728</v>
       </c>
       <c r="S47" s="7">
@@ -16777,53 +17017,53 @@
       </c>
       <c r="W47" s="7">
         <v>18728</v>
       </c>
       <c r="X47" s="7">
         <v>18728</v>
       </c>
       <c r="Y47" s="7">
         <v>18728</v>
       </c>
       <c r="Z47" s="6"/>
       <c r="AA47" s="6"/>
       <c r="AB47" s="6"/>
       <c r="AC47" s="7"/>
       <c r="AD47" s="7"/>
       <c r="AE47" s="7"/>
       <c r="AF47" s="24"/>
       <c r="AG47" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A48" s="37" t="s">
         <v>7</v>
       </c>
-      <c r="B48" s="39"/>
-[...1 lines deleted...]
-      <c r="D48" s="7"/>
+      <c r="B48" s="50"/>
+      <c r="C48" s="51"/>
+      <c r="D48" s="51"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="7"/>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6">
         <v>19990</v>
       </c>
       <c r="N48" s="6"/>
       <c r="O48" s="7">
         <v>18728</v>
       </c>
       <c r="P48" s="7">
         <v>18728</v>
       </c>
       <c r="Q48" s="7">
         <v>18728</v>
       </c>
       <c r="R48" s="7">
         <v>18728</v>
       </c>
       <c r="S48" s="7">
@@ -16840,53 +17080,53 @@
       </c>
       <c r="W48" s="7">
         <v>18728</v>
       </c>
       <c r="X48" s="7">
         <v>18728</v>
       </c>
       <c r="Y48" s="7">
         <v>18728</v>
       </c>
       <c r="Z48" s="6"/>
       <c r="AA48" s="6"/>
       <c r="AB48" s="6"/>
       <c r="AC48" s="7"/>
       <c r="AD48" s="7"/>
       <c r="AE48" s="7"/>
       <c r="AF48" s="24"/>
       <c r="AG48" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A49" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="B49" s="43"/>
-[...1 lines deleted...]
-      <c r="D49" s="44"/>
+      <c r="B49" s="54"/>
+      <c r="C49" s="55"/>
+      <c r="D49" s="55"/>
       <c r="E49" s="44"/>
       <c r="F49" s="44"/>
       <c r="G49" s="44"/>
       <c r="H49" s="44"/>
       <c r="I49" s="44"/>
       <c r="J49" s="44"/>
       <c r="K49" s="44"/>
       <c r="L49" s="44"/>
       <c r="M49" s="44">
         <v>19990</v>
       </c>
       <c r="N49" s="44"/>
       <c r="O49" s="44">
         <v>18728</v>
       </c>
       <c r="P49" s="44">
         <v>18728</v>
       </c>
       <c r="Q49" s="44">
         <v>18728</v>
       </c>
       <c r="R49" s="44">
         <v>18728</v>
       </c>
       <c r="S49" s="44">
@@ -16914,71 +17154,71 @@
       <c r="AA49" s="44"/>
       <c r="AB49" s="44"/>
       <c r="AC49" s="44"/>
       <c r="AD49" s="44"/>
       <c r="AE49" s="44"/>
       <c r="AF49" s="45"/>
       <c r="AG49" s="29" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="AG3:AG4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38B9C5CD-4C9C-4201-BD03-CC51C505568F}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
-    <sheetView topLeftCell="A33" workbookViewId="0">
-      <selection activeCell="W50" sqref="W50"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="AB49" sqref="AB49"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -17030,56 +17270,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>34</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -17129,51 +17369,51 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AE4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AF4" s="23" t="s">
         <v>30</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -17202,326 +17442,326 @@
       <c r="E6" s="7"/>
       <c r="F6" s="6"/>
       <c r="G6" s="7"/>
       <c r="H6" s="7"/>
       <c r="I6" s="7"/>
       <c r="J6" s="7"/>
       <c r="K6" s="7"/>
       <c r="L6" s="7"/>
       <c r="M6" s="7"/>
       <c r="N6" s="7"/>
       <c r="O6" s="7"/>
       <c r="P6" s="7"/>
       <c r="Q6" s="7"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="7"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="7"/>
       <c r="AC6" s="7"/>
-      <c r="AD6" s="7"/>
-[...1 lines deleted...]
-      <c r="AF6" s="24"/>
+      <c r="AD6" s="49"/>
+      <c r="AE6" s="49"/>
+      <c r="AF6" s="56"/>
       <c r="AG6" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A7" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="39"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="7"/>
       <c r="H7" s="7"/>
       <c r="I7" s="7"/>
       <c r="J7" s="7"/>
       <c r="K7" s="7"/>
       <c r="L7" s="6"/>
       <c r="M7" s="6"/>
       <c r="N7" s="6"/>
       <c r="O7" s="6"/>
       <c r="P7" s="6"/>
       <c r="Q7" s="7"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="7"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="7"/>
-      <c r="AD7" s="7"/>
-[...1 lines deleted...]
-      <c r="AF7" s="24"/>
+      <c r="AD7" s="51"/>
+      <c r="AE7" s="51"/>
+      <c r="AF7" s="57"/>
       <c r="AG7" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A8" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="39"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
       <c r="I8" s="7"/>
       <c r="J8" s="7"/>
       <c r="K8" s="7"/>
       <c r="L8" s="6"/>
       <c r="M8" s="6"/>
       <c r="N8" s="6"/>
       <c r="O8" s="6"/>
       <c r="P8" s="6"/>
       <c r="Q8" s="7"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="7"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="7"/>
-      <c r="AD8" s="7"/>
-[...1 lines deleted...]
-      <c r="AF8" s="24"/>
+      <c r="AD8" s="51"/>
+      <c r="AE8" s="51"/>
+      <c r="AF8" s="57"/>
       <c r="AG8" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A9" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="39"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="7"/>
       <c r="H9" s="7"/>
       <c r="I9" s="7"/>
       <c r="J9" s="7"/>
       <c r="K9" s="7"/>
       <c r="L9" s="6"/>
       <c r="M9" s="6"/>
       <c r="N9" s="6"/>
       <c r="O9" s="6"/>
       <c r="P9" s="6"/>
       <c r="Q9" s="7"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
       <c r="V9" s="6"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="7"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="11"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="7"/>
-      <c r="AD9" s="7"/>
-[...1 lines deleted...]
-      <c r="AF9" s="24"/>
+      <c r="AD9" s="51"/>
+      <c r="AE9" s="51"/>
+      <c r="AF9" s="57"/>
       <c r="AG9" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A10" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="39"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="7"/>
       <c r="H10" s="7"/>
       <c r="I10" s="7"/>
       <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="6"/>
       <c r="M10" s="6"/>
       <c r="N10" s="6"/>
       <c r="O10" s="6"/>
       <c r="P10" s="6"/>
       <c r="Q10" s="7"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
       <c r="W10" s="6"/>
       <c r="X10" s="6"/>
       <c r="Y10" s="7"/>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6"/>
       <c r="AB10" s="6"/>
       <c r="AC10" s="7"/>
-      <c r="AD10" s="7"/>
-[...1 lines deleted...]
-      <c r="AF10" s="24"/>
+      <c r="AD10" s="51"/>
+      <c r="AE10" s="51"/>
+      <c r="AF10" s="57"/>
       <c r="AG10" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A11" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="39"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="6"/>
       <c r="M11" s="6"/>
       <c r="N11" s="6"/>
       <c r="O11" s="6"/>
       <c r="P11" s="6"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
       <c r="T11" s="6"/>
       <c r="U11" s="6"/>
       <c r="V11" s="6"/>
       <c r="W11" s="6"/>
       <c r="X11" s="6"/>
       <c r="Y11" s="7"/>
       <c r="Z11" s="6"/>
       <c r="AA11" s="6"/>
       <c r="AB11" s="6"/>
       <c r="AC11" s="7"/>
-      <c r="AD11" s="7"/>
-[...1 lines deleted...]
-      <c r="AF11" s="24"/>
+      <c r="AD11" s="51"/>
+      <c r="AE11" s="51"/>
+      <c r="AF11" s="57"/>
       <c r="AG11" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A12" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="39"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="7"/>
       <c r="H12" s="7"/>
       <c r="I12" s="7"/>
       <c r="J12" s="7"/>
       <c r="K12" s="7"/>
       <c r="L12" s="6"/>
       <c r="M12" s="6"/>
       <c r="N12" s="6"/>
       <c r="O12" s="6"/>
       <c r="P12" s="6"/>
       <c r="Q12" s="7"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
       <c r="T12" s="6"/>
       <c r="U12" s="6"/>
       <c r="V12" s="6"/>
       <c r="W12" s="6"/>
       <c r="X12" s="6"/>
       <c r="Y12" s="7"/>
       <c r="Z12" s="6"/>
       <c r="AA12" s="6"/>
       <c r="AB12" s="6"/>
       <c r="AC12" s="7"/>
-      <c r="AD12" s="7"/>
-[...1 lines deleted...]
-      <c r="AF12" s="24"/>
+      <c r="AD12" s="51"/>
+      <c r="AE12" s="51"/>
+      <c r="AF12" s="57"/>
       <c r="AG12" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A13" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="39"/>
       <c r="C13" s="41"/>
       <c r="D13" s="41"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="11"/>
       <c r="M13" s="11"/>
       <c r="N13" s="11"/>
       <c r="O13" s="11"/>
       <c r="P13" s="11"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="11"/>
       <c r="S13" s="11"/>
       <c r="T13" s="11"/>
       <c r="U13" s="11"/>
       <c r="V13" s="11"/>
       <c r="W13" s="11"/>
       <c r="X13" s="11"/>
       <c r="Y13" s="7"/>
       <c r="Z13" s="11"/>
       <c r="AA13" s="11"/>
       <c r="AB13" s="11"/>
       <c r="AC13" s="7"/>
-      <c r="AD13" s="7"/>
-[...1 lines deleted...]
-      <c r="AF13" s="24"/>
+      <c r="AD13" s="53"/>
+      <c r="AE13" s="53"/>
+      <c r="AF13" s="58"/>
       <c r="AG13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A14" s="15" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="9"/>
       <c r="D14" s="9"/>
       <c r="E14" s="9"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="9"/>
       <c r="K14" s="9"/>
       <c r="L14" s="9"/>
       <c r="M14" s="9"/>
       <c r="N14" s="9"/>
       <c r="O14" s="9"/>
       <c r="P14" s="9"/>
       <c r="Q14" s="9"/>
       <c r="R14" s="9"/>
@@ -17553,326 +17793,326 @@
       <c r="E15" s="7"/>
       <c r="F15" s="6"/>
       <c r="G15" s="7"/>
       <c r="H15" s="7"/>
       <c r="I15" s="7"/>
       <c r="J15" s="7"/>
       <c r="K15" s="7"/>
       <c r="L15" s="7"/>
       <c r="M15" s="7"/>
       <c r="N15" s="7"/>
       <c r="O15" s="7"/>
       <c r="P15" s="7"/>
       <c r="Q15" s="7"/>
       <c r="R15" s="7"/>
       <c r="S15" s="7"/>
       <c r="T15" s="7"/>
       <c r="U15" s="7"/>
       <c r="V15" s="7"/>
       <c r="W15" s="7"/>
       <c r="X15" s="7"/>
       <c r="Y15" s="7"/>
       <c r="Z15" s="7"/>
       <c r="AA15" s="6"/>
       <c r="AB15" s="6"/>
       <c r="AC15" s="7"/>
-      <c r="AD15" s="7"/>
-[...1 lines deleted...]
-      <c r="AF15" s="24"/>
+      <c r="AD15" s="49"/>
+      <c r="AE15" s="49"/>
+      <c r="AF15" s="56"/>
       <c r="AG15" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A16" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="39"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="7"/>
       <c r="H16" s="7"/>
       <c r="I16" s="7"/>
       <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="6"/>
       <c r="M16" s="6"/>
       <c r="N16" s="6"/>
       <c r="O16" s="6"/>
       <c r="P16" s="6"/>
       <c r="Q16" s="6"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
       <c r="T16" s="6"/>
       <c r="U16" s="6"/>
       <c r="V16" s="6"/>
       <c r="W16" s="6"/>
       <c r="X16" s="6"/>
       <c r="Y16" s="6"/>
       <c r="Z16" s="6"/>
       <c r="AA16" s="6"/>
       <c r="AB16" s="6"/>
       <c r="AC16" s="7"/>
-      <c r="AD16" s="7"/>
-[...1 lines deleted...]
-      <c r="AF16" s="24"/>
+      <c r="AD16" s="51"/>
+      <c r="AE16" s="51"/>
+      <c r="AF16" s="57"/>
       <c r="AG16" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A17" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="39"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="7"/>
       <c r="J17" s="7"/>
       <c r="K17" s="7"/>
       <c r="L17" s="6"/>
       <c r="M17" s="6"/>
       <c r="N17" s="6"/>
       <c r="O17" s="6"/>
       <c r="P17" s="6"/>
       <c r="Q17" s="6"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
       <c r="T17" s="6"/>
       <c r="U17" s="6"/>
       <c r="V17" s="6"/>
       <c r="W17" s="6"/>
       <c r="X17" s="6"/>
       <c r="Y17" s="6"/>
       <c r="Z17" s="6"/>
       <c r="AA17" s="6"/>
       <c r="AB17" s="6"/>
       <c r="AC17" s="7"/>
-      <c r="AD17" s="7"/>
-[...1 lines deleted...]
-      <c r="AF17" s="24"/>
+      <c r="AD17" s="51"/>
+      <c r="AE17" s="51"/>
+      <c r="AF17" s="57"/>
       <c r="AG17" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A18" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="39"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="7"/>
       <c r="H18" s="7"/>
       <c r="I18" s="7"/>
       <c r="J18" s="7"/>
       <c r="K18" s="7"/>
       <c r="L18" s="6"/>
       <c r="M18" s="6"/>
       <c r="N18" s="6"/>
       <c r="O18" s="6"/>
       <c r="P18" s="6"/>
       <c r="Q18" s="6"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
       <c r="V18" s="6"/>
       <c r="W18" s="6"/>
       <c r="X18" s="6"/>
       <c r="Y18" s="6"/>
       <c r="Z18" s="6"/>
       <c r="AA18" s="11"/>
       <c r="AB18" s="11"/>
       <c r="AC18" s="7"/>
-      <c r="AD18" s="7"/>
-[...1 lines deleted...]
-      <c r="AF18" s="24"/>
+      <c r="AD18" s="51"/>
+      <c r="AE18" s="51"/>
+      <c r="AF18" s="57"/>
       <c r="AG18" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A19" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B19" s="39"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="7"/>
       <c r="H19" s="7"/>
       <c r="I19" s="7"/>
       <c r="J19" s="7"/>
       <c r="K19" s="7"/>
       <c r="L19" s="6"/>
       <c r="M19" s="6"/>
       <c r="N19" s="6"/>
       <c r="O19" s="6"/>
       <c r="P19" s="6"/>
       <c r="Q19" s="6"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
       <c r="T19" s="6"/>
       <c r="U19" s="6"/>
       <c r="V19" s="6"/>
       <c r="W19" s="6"/>
       <c r="X19" s="6"/>
       <c r="Y19" s="6"/>
       <c r="Z19" s="6"/>
       <c r="AA19" s="6"/>
       <c r="AB19" s="6"/>
       <c r="AC19" s="7"/>
-      <c r="AD19" s="7"/>
-[...1 lines deleted...]
-      <c r="AF19" s="24"/>
+      <c r="AD19" s="51"/>
+      <c r="AE19" s="51"/>
+      <c r="AF19" s="57"/>
       <c r="AG19" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A20" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="39"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="7"/>
       <c r="H20" s="7"/>
       <c r="I20" s="7"/>
       <c r="J20" s="7"/>
       <c r="K20" s="7"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
       <c r="W20" s="6"/>
       <c r="X20" s="6"/>
       <c r="Y20" s="6"/>
       <c r="Z20" s="6"/>
       <c r="AA20" s="6"/>
       <c r="AB20" s="6"/>
       <c r="AC20" s="7"/>
-      <c r="AD20" s="7"/>
-[...1 lines deleted...]
-      <c r="AF20" s="24"/>
+      <c r="AD20" s="51"/>
+      <c r="AE20" s="51"/>
+      <c r="AF20" s="57"/>
       <c r="AG20" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A21" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="39"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="7"/>
       <c r="H21" s="7"/>
       <c r="I21" s="7"/>
       <c r="J21" s="7"/>
       <c r="K21" s="7"/>
       <c r="L21" s="6"/>
       <c r="M21" s="6"/>
       <c r="N21" s="6"/>
       <c r="O21" s="6"/>
       <c r="P21" s="6"/>
       <c r="Q21" s="6"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
       <c r="T21" s="6"/>
       <c r="U21" s="6"/>
       <c r="V21" s="6"/>
       <c r="W21" s="6"/>
       <c r="X21" s="6"/>
       <c r="Y21" s="6"/>
       <c r="Z21" s="6"/>
       <c r="AA21" s="6"/>
       <c r="AB21" s="6"/>
       <c r="AC21" s="7"/>
-      <c r="AD21" s="7"/>
-[...1 lines deleted...]
-      <c r="AF21" s="24"/>
+      <c r="AD21" s="51"/>
+      <c r="AE21" s="51"/>
+      <c r="AF21" s="57"/>
       <c r="AG21" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A22" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="39"/>
       <c r="C22" s="41"/>
       <c r="D22" s="41"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="7"/>
       <c r="H22" s="7"/>
       <c r="I22" s="7"/>
       <c r="J22" s="7"/>
       <c r="K22" s="7"/>
       <c r="L22" s="11"/>
       <c r="M22" s="11"/>
       <c r="N22" s="11"/>
       <c r="O22" s="11"/>
       <c r="P22" s="11"/>
       <c r="Q22" s="11"/>
       <c r="R22" s="11"/>
       <c r="S22" s="11"/>
       <c r="T22" s="11"/>
       <c r="U22" s="11"/>
       <c r="V22" s="11"/>
       <c r="W22" s="11"/>
       <c r="X22" s="11"/>
       <c r="Y22" s="11"/>
       <c r="Z22" s="11"/>
       <c r="AA22" s="11"/>
       <c r="AB22" s="11"/>
       <c r="AC22" s="7"/>
-      <c r="AD22" s="7"/>
-[...1 lines deleted...]
-      <c r="AF22" s="24"/>
+      <c r="AD22" s="53"/>
+      <c r="AE22" s="53"/>
+      <c r="AF22" s="58"/>
       <c r="AG22" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A23" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B23" s="8"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9"/>
       <c r="G23" s="9"/>
       <c r="H23" s="9"/>
       <c r="I23" s="9"/>
       <c r="J23" s="9"/>
       <c r="K23" s="9"/>
       <c r="L23" s="9"/>
       <c r="M23" s="9"/>
       <c r="N23" s="9"/>
       <c r="O23" s="9"/>
       <c r="P23" s="9"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
@@ -17904,326 +18144,326 @@
       <c r="E24" s="7"/>
       <c r="F24" s="6"/>
       <c r="G24" s="7"/>
       <c r="H24" s="7"/>
       <c r="I24" s="7"/>
       <c r="J24" s="7"/>
       <c r="K24" s="7"/>
       <c r="L24" s="7"/>
       <c r="M24" s="7"/>
       <c r="N24" s="7"/>
       <c r="O24" s="7"/>
       <c r="P24" s="7"/>
       <c r="Q24" s="7"/>
       <c r="R24" s="7"/>
       <c r="S24" s="7"/>
       <c r="T24" s="7"/>
       <c r="U24" s="7"/>
       <c r="V24" s="7"/>
       <c r="W24" s="7"/>
       <c r="X24" s="7"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="7"/>
       <c r="AA24" s="6"/>
       <c r="AB24" s="6"/>
       <c r="AC24" s="7"/>
-      <c r="AD24" s="7"/>
-[...1 lines deleted...]
-      <c r="AF24" s="24"/>
+      <c r="AD24" s="49"/>
+      <c r="AE24" s="49"/>
+      <c r="AF24" s="56"/>
       <c r="AG24" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A25" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="39"/>
       <c r="C25" s="7"/>
       <c r="D25" s="7"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="7"/>
       <c r="H25" s="7"/>
       <c r="I25" s="7"/>
       <c r="J25" s="7"/>
       <c r="K25" s="7"/>
       <c r="L25" s="6"/>
       <c r="M25" s="6"/>
       <c r="N25" s="6"/>
       <c r="O25" s="6"/>
       <c r="P25" s="6"/>
       <c r="Q25" s="6"/>
       <c r="R25" s="6"/>
       <c r="S25" s="6"/>
       <c r="T25" s="6"/>
       <c r="U25" s="6"/>
       <c r="V25" s="6"/>
       <c r="W25" s="6"/>
       <c r="X25" s="6"/>
       <c r="Y25" s="6"/>
       <c r="Z25" s="6"/>
       <c r="AA25" s="6"/>
       <c r="AB25" s="6"/>
       <c r="AC25" s="7"/>
-      <c r="AD25" s="7"/>
-[...1 lines deleted...]
-      <c r="AF25" s="24"/>
+      <c r="AD25" s="51"/>
+      <c r="AE25" s="51"/>
+      <c r="AF25" s="57"/>
       <c r="AG25" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A26" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="39"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="7"/>
       <c r="H26" s="7"/>
       <c r="I26" s="7"/>
       <c r="J26" s="7"/>
       <c r="K26" s="7"/>
       <c r="L26" s="6"/>
       <c r="M26" s="6"/>
       <c r="N26" s="6"/>
       <c r="O26" s="6"/>
       <c r="P26" s="6"/>
       <c r="Q26" s="6"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
       <c r="T26" s="6"/>
       <c r="U26" s="6"/>
       <c r="V26" s="6"/>
       <c r="W26" s="6"/>
       <c r="X26" s="6"/>
       <c r="Y26" s="6"/>
       <c r="Z26" s="6"/>
       <c r="AA26" s="6"/>
       <c r="AB26" s="6"/>
       <c r="AC26" s="7"/>
-      <c r="AD26" s="7"/>
-[...1 lines deleted...]
-      <c r="AF26" s="24"/>
+      <c r="AD26" s="51"/>
+      <c r="AE26" s="51"/>
+      <c r="AF26" s="57"/>
       <c r="AG26" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A27" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="39"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="7"/>
       <c r="H27" s="7"/>
       <c r="I27" s="7"/>
       <c r="J27" s="7"/>
       <c r="K27" s="7"/>
       <c r="L27" s="6"/>
       <c r="M27" s="6"/>
       <c r="N27" s="6"/>
       <c r="O27" s="6"/>
       <c r="P27" s="6"/>
       <c r="Q27" s="6"/>
       <c r="R27" s="6"/>
       <c r="S27" s="6"/>
       <c r="T27" s="6"/>
       <c r="U27" s="6"/>
       <c r="V27" s="6"/>
       <c r="W27" s="6"/>
       <c r="X27" s="6"/>
       <c r="Y27" s="6"/>
       <c r="Z27" s="6"/>
       <c r="AA27" s="11"/>
       <c r="AB27" s="11"/>
       <c r="AC27" s="7"/>
-      <c r="AD27" s="7"/>
-[...1 lines deleted...]
-      <c r="AF27" s="24"/>
+      <c r="AD27" s="51"/>
+      <c r="AE27" s="51"/>
+      <c r="AF27" s="57"/>
       <c r="AG27" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A28" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="39"/>
       <c r="C28" s="7"/>
       <c r="D28" s="7"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="7"/>
       <c r="H28" s="7"/>
       <c r="I28" s="7"/>
       <c r="J28" s="7"/>
       <c r="K28" s="7"/>
       <c r="L28" s="6"/>
       <c r="M28" s="6"/>
       <c r="N28" s="6"/>
       <c r="O28" s="6"/>
       <c r="P28" s="6"/>
       <c r="Q28" s="6"/>
       <c r="R28" s="6"/>
       <c r="S28" s="6"/>
       <c r="T28" s="6"/>
       <c r="U28" s="6"/>
       <c r="V28" s="6"/>
       <c r="W28" s="6"/>
       <c r="X28" s="6"/>
       <c r="Y28" s="6"/>
       <c r="Z28" s="6"/>
       <c r="AA28" s="6"/>
       <c r="AB28" s="6"/>
       <c r="AC28" s="7"/>
-      <c r="AD28" s="7"/>
-[...1 lines deleted...]
-      <c r="AF28" s="24"/>
+      <c r="AD28" s="51"/>
+      <c r="AE28" s="51"/>
+      <c r="AF28" s="57"/>
       <c r="AG28" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A29" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="39"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="7"/>
       <c r="H29" s="7"/>
       <c r="I29" s="7"/>
       <c r="J29" s="7"/>
       <c r="K29" s="7"/>
       <c r="L29" s="6"/>
       <c r="M29" s="6"/>
       <c r="N29" s="6"/>
       <c r="O29" s="6"/>
       <c r="P29" s="6"/>
       <c r="Q29" s="6"/>
       <c r="R29" s="6"/>
       <c r="S29" s="6"/>
       <c r="T29" s="6"/>
       <c r="U29" s="6"/>
       <c r="V29" s="6"/>
       <c r="W29" s="6"/>
       <c r="X29" s="6"/>
       <c r="Y29" s="6"/>
       <c r="Z29" s="6"/>
       <c r="AA29" s="6"/>
       <c r="AB29" s="6"/>
       <c r="AC29" s="7"/>
-      <c r="AD29" s="7"/>
-[...1 lines deleted...]
-      <c r="AF29" s="24"/>
+      <c r="AD29" s="51"/>
+      <c r="AE29" s="51"/>
+      <c r="AF29" s="57"/>
       <c r="AG29" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A30" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="39"/>
       <c r="C30" s="7"/>
       <c r="D30" s="7"/>
       <c r="E30" s="6"/>
       <c r="F30" s="6"/>
       <c r="G30" s="7"/>
       <c r="H30" s="7"/>
       <c r="I30" s="7"/>
       <c r="J30" s="7"/>
       <c r="K30" s="7"/>
       <c r="L30" s="6"/>
       <c r="M30" s="6"/>
       <c r="N30" s="6"/>
       <c r="O30" s="6"/>
       <c r="P30" s="6"/>
       <c r="Q30" s="6"/>
       <c r="R30" s="6"/>
       <c r="S30" s="6"/>
       <c r="T30" s="6"/>
       <c r="U30" s="6"/>
       <c r="V30" s="6"/>
       <c r="W30" s="6"/>
       <c r="X30" s="6"/>
       <c r="Y30" s="6"/>
       <c r="Z30" s="6"/>
       <c r="AA30" s="6"/>
       <c r="AB30" s="6"/>
       <c r="AC30" s="7"/>
-      <c r="AD30" s="7"/>
-[...1 lines deleted...]
-      <c r="AF30" s="24"/>
+      <c r="AD30" s="51"/>
+      <c r="AE30" s="51"/>
+      <c r="AF30" s="57"/>
       <c r="AG30" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A31" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="39"/>
       <c r="C31" s="41"/>
       <c r="D31" s="41"/>
       <c r="E31" s="6"/>
       <c r="F31" s="6"/>
       <c r="G31" s="7"/>
       <c r="H31" s="7"/>
       <c r="I31" s="7"/>
       <c r="J31" s="7"/>
       <c r="K31" s="7"/>
       <c r="L31" s="11"/>
       <c r="M31" s="11"/>
       <c r="N31" s="11"/>
       <c r="O31" s="11"/>
       <c r="P31" s="11"/>
       <c r="Q31" s="11"/>
       <c r="R31" s="11"/>
       <c r="S31" s="11"/>
       <c r="T31" s="11"/>
       <c r="U31" s="11"/>
       <c r="V31" s="11"/>
       <c r="W31" s="11"/>
       <c r="X31" s="11"/>
       <c r="Y31" s="11"/>
       <c r="Z31" s="11"/>
       <c r="AA31" s="11"/>
       <c r="AB31" s="11"/>
       <c r="AC31" s="7"/>
-      <c r="AD31" s="7"/>
-[...1 lines deleted...]
-      <c r="AF31" s="24"/>
+      <c r="AD31" s="53"/>
+      <c r="AE31" s="53"/>
+      <c r="AF31" s="58"/>
       <c r="AG31" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A32" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="9"/>
       <c r="D32" s="9"/>
       <c r="E32" s="9"/>
       <c r="F32" s="9"/>
       <c r="G32" s="9"/>
       <c r="H32" s="9"/>
       <c r="I32" s="9"/>
       <c r="J32" s="9"/>
       <c r="K32" s="9"/>
       <c r="L32" s="9"/>
       <c r="M32" s="9"/>
       <c r="N32" s="9"/>
       <c r="O32" s="9"/>
       <c r="P32" s="9"/>
       <c r="Q32" s="9"/>
       <c r="R32" s="9"/>
@@ -18255,326 +18495,326 @@
       <c r="E33" s="7"/>
       <c r="F33" s="6"/>
       <c r="G33" s="7"/>
       <c r="H33" s="7"/>
       <c r="I33" s="7"/>
       <c r="J33" s="7"/>
       <c r="K33" s="7"/>
       <c r="L33" s="7"/>
       <c r="M33" s="7"/>
       <c r="N33" s="7"/>
       <c r="O33" s="7"/>
       <c r="P33" s="7"/>
       <c r="Q33" s="7"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
       <c r="T33" s="7"/>
       <c r="U33" s="7"/>
       <c r="V33" s="7"/>
       <c r="W33" s="7"/>
       <c r="X33" s="7"/>
       <c r="Y33" s="7"/>
       <c r="Z33" s="7"/>
       <c r="AA33" s="6"/>
       <c r="AB33" s="6"/>
       <c r="AC33" s="7"/>
-      <c r="AD33" s="7"/>
-[...1 lines deleted...]
-      <c r="AF33" s="24"/>
+      <c r="AD33" s="49"/>
+      <c r="AE33" s="49"/>
+      <c r="AF33" s="56"/>
       <c r="AG33" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A34" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B34" s="39"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="6"/>
       <c r="F34" s="6"/>
       <c r="G34" s="7"/>
       <c r="H34" s="7"/>
       <c r="I34" s="7"/>
       <c r="J34" s="7"/>
       <c r="K34" s="7"/>
       <c r="L34" s="6"/>
       <c r="M34" s="6"/>
       <c r="N34" s="6"/>
       <c r="O34" s="6"/>
       <c r="P34" s="6"/>
       <c r="Q34" s="7"/>
       <c r="R34" s="6"/>
       <c r="S34" s="6"/>
       <c r="T34" s="6"/>
       <c r="U34" s="6"/>
       <c r="V34" s="6"/>
       <c r="W34" s="6"/>
       <c r="X34" s="6"/>
       <c r="Y34" s="7"/>
       <c r="Z34" s="6"/>
       <c r="AA34" s="6"/>
       <c r="AB34" s="6"/>
       <c r="AC34" s="7"/>
-      <c r="AD34" s="7"/>
-[...1 lines deleted...]
-      <c r="AF34" s="24"/>
+      <c r="AD34" s="51"/>
+      <c r="AE34" s="51"/>
+      <c r="AF34" s="57"/>
       <c r="AG34" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A35" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="39"/>
       <c r="C35" s="7"/>
       <c r="D35" s="7"/>
       <c r="E35" s="6"/>
       <c r="F35" s="6"/>
       <c r="G35" s="7"/>
       <c r="H35" s="7"/>
       <c r="I35" s="7"/>
       <c r="J35" s="7"/>
       <c r="K35" s="7"/>
       <c r="L35" s="6"/>
       <c r="M35" s="6"/>
       <c r="N35" s="6"/>
       <c r="O35" s="6"/>
       <c r="P35" s="6"/>
       <c r="Q35" s="7"/>
       <c r="R35" s="6"/>
       <c r="S35" s="6"/>
       <c r="T35" s="6"/>
       <c r="U35" s="6"/>
       <c r="V35" s="6"/>
       <c r="W35" s="6"/>
       <c r="X35" s="6"/>
       <c r="Y35" s="7"/>
       <c r="Z35" s="6"/>
       <c r="AA35" s="6"/>
       <c r="AB35" s="6"/>
       <c r="AC35" s="7"/>
-      <c r="AD35" s="7"/>
-[...1 lines deleted...]
-      <c r="AF35" s="24"/>
+      <c r="AD35" s="51"/>
+      <c r="AE35" s="51"/>
+      <c r="AF35" s="57"/>
       <c r="AG35" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A36" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B36" s="39"/>
       <c r="C36" s="7"/>
       <c r="D36" s="7"/>
       <c r="E36" s="6"/>
       <c r="F36" s="6"/>
       <c r="G36" s="7"/>
       <c r="H36" s="7"/>
       <c r="I36" s="7"/>
       <c r="J36" s="7"/>
       <c r="K36" s="7"/>
       <c r="L36" s="6"/>
       <c r="M36" s="6"/>
       <c r="N36" s="6"/>
       <c r="O36" s="6"/>
       <c r="P36" s="6"/>
       <c r="Q36" s="7"/>
       <c r="R36" s="6"/>
       <c r="S36" s="6"/>
       <c r="T36" s="6"/>
       <c r="U36" s="6"/>
       <c r="V36" s="6"/>
       <c r="W36" s="6"/>
       <c r="X36" s="6"/>
       <c r="Y36" s="7"/>
       <c r="Z36" s="6"/>
       <c r="AA36" s="11"/>
       <c r="AB36" s="11"/>
       <c r="AC36" s="7"/>
-      <c r="AD36" s="7"/>
-[...1 lines deleted...]
-      <c r="AF36" s="24"/>
+      <c r="AD36" s="51"/>
+      <c r="AE36" s="51"/>
+      <c r="AF36" s="57"/>
       <c r="AG36" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A37" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B37" s="39"/>
       <c r="C37" s="7"/>
       <c r="D37" s="7"/>
       <c r="E37" s="6"/>
       <c r="F37" s="6"/>
       <c r="G37" s="7"/>
       <c r="H37" s="7"/>
       <c r="I37" s="7"/>
       <c r="J37" s="7"/>
       <c r="K37" s="7"/>
       <c r="L37" s="6"/>
       <c r="M37" s="6"/>
       <c r="N37" s="6"/>
       <c r="O37" s="6"/>
       <c r="P37" s="6"/>
       <c r="Q37" s="7"/>
       <c r="R37" s="6"/>
       <c r="S37" s="6"/>
       <c r="T37" s="6"/>
       <c r="U37" s="6"/>
       <c r="V37" s="6"/>
       <c r="W37" s="6"/>
       <c r="X37" s="6"/>
       <c r="Y37" s="7"/>
       <c r="Z37" s="6"/>
       <c r="AA37" s="6"/>
       <c r="AB37" s="6"/>
       <c r="AC37" s="7"/>
-      <c r="AD37" s="7"/>
-[...1 lines deleted...]
-      <c r="AF37" s="24"/>
+      <c r="AD37" s="51"/>
+      <c r="AE37" s="51"/>
+      <c r="AF37" s="57"/>
       <c r="AG37" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A38" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B38" s="39"/>
       <c r="C38" s="7"/>
       <c r="D38" s="7"/>
       <c r="E38" s="6"/>
       <c r="F38" s="6"/>
       <c r="G38" s="7"/>
       <c r="H38" s="7"/>
       <c r="I38" s="7"/>
       <c r="J38" s="7"/>
       <c r="K38" s="7"/>
       <c r="L38" s="6"/>
       <c r="M38" s="6"/>
       <c r="N38" s="6"/>
       <c r="O38" s="6"/>
       <c r="P38" s="6"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="6"/>
       <c r="S38" s="6"/>
       <c r="T38" s="6"/>
       <c r="U38" s="6"/>
       <c r="V38" s="6"/>
       <c r="W38" s="6"/>
       <c r="X38" s="6"/>
       <c r="Y38" s="7"/>
       <c r="Z38" s="6"/>
       <c r="AA38" s="6"/>
       <c r="AB38" s="6"/>
       <c r="AC38" s="7"/>
-      <c r="AD38" s="7"/>
-[...1 lines deleted...]
-      <c r="AF38" s="24"/>
+      <c r="AD38" s="51"/>
+      <c r="AE38" s="51"/>
+      <c r="AF38" s="57"/>
       <c r="AG38" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A39" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="39"/>
       <c r="C39" s="7"/>
       <c r="D39" s="7"/>
       <c r="E39" s="6"/>
       <c r="F39" s="6"/>
       <c r="G39" s="7"/>
       <c r="H39" s="7"/>
       <c r="I39" s="7"/>
       <c r="J39" s="7"/>
       <c r="K39" s="7"/>
       <c r="L39" s="6"/>
       <c r="M39" s="6"/>
       <c r="N39" s="6"/>
       <c r="O39" s="6"/>
       <c r="P39" s="6"/>
       <c r="Q39" s="7"/>
       <c r="R39" s="6"/>
       <c r="S39" s="6"/>
       <c r="T39" s="6"/>
       <c r="U39" s="6"/>
       <c r="V39" s="6"/>
       <c r="W39" s="6"/>
       <c r="X39" s="6"/>
       <c r="Y39" s="7"/>
       <c r="Z39" s="6"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="7"/>
-      <c r="AD39" s="7"/>
-[...1 lines deleted...]
-      <c r="AF39" s="24"/>
+      <c r="AD39" s="51"/>
+      <c r="AE39" s="51"/>
+      <c r="AF39" s="57"/>
       <c r="AG39" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A40" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="39"/>
       <c r="C40" s="41"/>
       <c r="D40" s="41"/>
       <c r="E40" s="6"/>
       <c r="F40" s="6"/>
       <c r="G40" s="7"/>
       <c r="H40" s="7"/>
       <c r="I40" s="7"/>
       <c r="J40" s="7"/>
       <c r="K40" s="7"/>
       <c r="L40" s="11"/>
       <c r="M40" s="11"/>
       <c r="N40" s="11"/>
       <c r="O40" s="11"/>
       <c r="P40" s="11"/>
       <c r="Q40" s="7"/>
       <c r="R40" s="11"/>
       <c r="S40" s="11"/>
       <c r="T40" s="11"/>
       <c r="U40" s="11"/>
       <c r="V40" s="11"/>
       <c r="W40" s="11"/>
       <c r="X40" s="11"/>
       <c r="Y40" s="7"/>
       <c r="Z40" s="11"/>
       <c r="AA40" s="11"/>
       <c r="AB40" s="11"/>
       <c r="AC40" s="7"/>
-      <c r="AD40" s="7"/>
-[...1 lines deleted...]
-      <c r="AF40" s="24"/>
+      <c r="AD40" s="53"/>
+      <c r="AE40" s="53"/>
+      <c r="AF40" s="58"/>
       <c r="AG40" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A41" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B41" s="8"/>
       <c r="C41" s="9"/>
       <c r="D41" s="9"/>
       <c r="E41" s="9"/>
       <c r="F41" s="9"/>
       <c r="G41" s="9"/>
       <c r="H41" s="9"/>
       <c r="I41" s="9"/>
       <c r="J41" s="9"/>
       <c r="K41" s="9"/>
       <c r="L41" s="9"/>
       <c r="M41" s="9"/>
       <c r="N41" s="9"/>
       <c r="O41" s="9"/>
       <c r="P41" s="9"/>
       <c r="Q41" s="9"/>
       <c r="R41" s="9"/>
@@ -18606,366 +18846,366 @@
       <c r="E42" s="7"/>
       <c r="F42" s="6"/>
       <c r="G42" s="7"/>
       <c r="H42" s="7"/>
       <c r="I42" s="7"/>
       <c r="J42" s="7"/>
       <c r="K42" s="7"/>
       <c r="L42" s="7"/>
       <c r="M42" s="7"/>
       <c r="N42" s="7"/>
       <c r="O42" s="7"/>
       <c r="P42" s="7"/>
       <c r="Q42" s="7"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
       <c r="T42" s="7"/>
       <c r="U42" s="7"/>
       <c r="V42" s="7"/>
       <c r="W42" s="7"/>
       <c r="X42" s="7"/>
       <c r="Y42" s="7"/>
       <c r="Z42" s="7"/>
       <c r="AA42" s="6"/>
       <c r="AB42" s="6"/>
       <c r="AC42" s="7"/>
-      <c r="AD42" s="7"/>
-[...1 lines deleted...]
-      <c r="AF42" s="24"/>
+      <c r="AD42" s="49"/>
+      <c r="AE42" s="49"/>
+      <c r="AF42" s="56"/>
       <c r="AG42" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A43" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B43" s="39"/>
       <c r="C43" s="7"/>
       <c r="D43" s="7"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
       <c r="G43" s="7"/>
       <c r="H43" s="7"/>
       <c r="I43" s="7"/>
       <c r="J43" s="7"/>
       <c r="K43" s="7"/>
       <c r="L43" s="6"/>
       <c r="M43" s="6"/>
       <c r="N43" s="6"/>
       <c r="O43" s="6"/>
       <c r="P43" s="6"/>
       <c r="Q43" s="6"/>
       <c r="R43" s="6"/>
       <c r="S43" s="6"/>
       <c r="T43" s="6"/>
       <c r="U43" s="6"/>
       <c r="V43" s="6"/>
       <c r="W43" s="6"/>
       <c r="X43" s="6"/>
       <c r="Y43" s="6"/>
       <c r="Z43" s="6"/>
       <c r="AA43" s="6"/>
       <c r="AB43" s="6"/>
       <c r="AC43" s="7"/>
-      <c r="AD43" s="7"/>
-[...1 lines deleted...]
-      <c r="AF43" s="24"/>
+      <c r="AD43" s="51"/>
+      <c r="AE43" s="51"/>
+      <c r="AF43" s="57"/>
       <c r="AG43" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A44" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B44" s="39"/>
       <c r="C44" s="7"/>
       <c r="D44" s="7"/>
       <c r="E44" s="6"/>
       <c r="F44" s="6"/>
       <c r="G44" s="7"/>
       <c r="H44" s="7"/>
       <c r="I44" s="7"/>
       <c r="J44" s="7"/>
       <c r="K44" s="7"/>
       <c r="L44" s="6"/>
       <c r="M44" s="6"/>
       <c r="N44" s="6"/>
       <c r="O44" s="6"/>
       <c r="P44" s="6"/>
       <c r="Q44" s="6"/>
       <c r="R44" s="6"/>
       <c r="S44" s="6"/>
       <c r="T44" s="6"/>
       <c r="U44" s="6"/>
       <c r="V44" s="6"/>
       <c r="W44" s="6"/>
       <c r="X44" s="6"/>
       <c r="Y44" s="6"/>
       <c r="Z44" s="6"/>
       <c r="AA44" s="6"/>
       <c r="AB44" s="6"/>
       <c r="AC44" s="7"/>
-      <c r="AD44" s="7"/>
-[...1 lines deleted...]
-      <c r="AF44" s="24"/>
+      <c r="AD44" s="51"/>
+      <c r="AE44" s="51"/>
+      <c r="AF44" s="57"/>
       <c r="AG44" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A45" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B45" s="39"/>
       <c r="C45" s="7"/>
       <c r="D45" s="7"/>
       <c r="E45" s="6"/>
       <c r="F45" s="6"/>
       <c r="G45" s="7"/>
       <c r="H45" s="7"/>
       <c r="I45" s="7"/>
       <c r="J45" s="7"/>
       <c r="K45" s="7"/>
       <c r="L45" s="6"/>
       <c r="M45" s="6"/>
       <c r="N45" s="6"/>
       <c r="O45" s="6"/>
       <c r="P45" s="6"/>
       <c r="Q45" s="6"/>
       <c r="R45" s="6"/>
       <c r="S45" s="6"/>
       <c r="T45" s="6"/>
       <c r="U45" s="6"/>
       <c r="V45" s="6"/>
       <c r="W45" s="6"/>
       <c r="X45" s="6"/>
       <c r="Y45" s="6"/>
       <c r="Z45" s="6"/>
       <c r="AA45" s="11"/>
       <c r="AB45" s="11"/>
       <c r="AC45" s="7"/>
-      <c r="AD45" s="7"/>
-[...1 lines deleted...]
-      <c r="AF45" s="24"/>
+      <c r="AD45" s="51"/>
+      <c r="AE45" s="51"/>
+      <c r="AF45" s="57"/>
       <c r="AG45" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A46" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B46" s="39"/>
       <c r="C46" s="7"/>
       <c r="D46" s="7"/>
       <c r="E46" s="6"/>
       <c r="F46" s="6"/>
       <c r="G46" s="7"/>
       <c r="H46" s="7"/>
       <c r="I46" s="7"/>
       <c r="J46" s="7"/>
       <c r="K46" s="7"/>
       <c r="L46" s="6"/>
       <c r="M46" s="6"/>
       <c r="N46" s="6"/>
       <c r="O46" s="6"/>
       <c r="P46" s="6"/>
       <c r="Q46" s="6"/>
       <c r="R46" s="6"/>
       <c r="S46" s="6"/>
       <c r="T46" s="6"/>
       <c r="U46" s="6"/>
       <c r="V46" s="6"/>
       <c r="W46" s="6"/>
       <c r="X46" s="6"/>
       <c r="Y46" s="6"/>
       <c r="Z46" s="6"/>
       <c r="AA46" s="6"/>
       <c r="AB46" s="6"/>
       <c r="AC46" s="7"/>
-      <c r="AD46" s="7"/>
-[...1 lines deleted...]
-      <c r="AF46" s="24"/>
+      <c r="AD46" s="51"/>
+      <c r="AE46" s="51"/>
+      <c r="AF46" s="57"/>
       <c r="AG46" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A47" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B47" s="39"/>
       <c r="C47" s="7"/>
       <c r="D47" s="7"/>
       <c r="E47" s="6"/>
       <c r="F47" s="6"/>
       <c r="G47" s="7"/>
       <c r="H47" s="7"/>
       <c r="I47" s="7"/>
       <c r="J47" s="7"/>
       <c r="K47" s="7"/>
       <c r="L47" s="6"/>
       <c r="M47" s="6"/>
       <c r="N47" s="6"/>
       <c r="O47" s="6"/>
       <c r="P47" s="6"/>
       <c r="Q47" s="6"/>
       <c r="R47" s="6"/>
       <c r="S47" s="6"/>
       <c r="T47" s="6"/>
       <c r="U47" s="6"/>
       <c r="V47" s="6"/>
       <c r="W47" s="6"/>
       <c r="X47" s="6"/>
       <c r="Y47" s="6"/>
       <c r="Z47" s="6"/>
       <c r="AA47" s="6"/>
       <c r="AB47" s="6"/>
       <c r="AC47" s="7"/>
-      <c r="AD47" s="7"/>
-[...1 lines deleted...]
-      <c r="AF47" s="24"/>
+      <c r="AD47" s="51"/>
+      <c r="AE47" s="51"/>
+      <c r="AF47" s="57"/>
       <c r="AG47" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A48" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="39"/>
       <c r="C48" s="7"/>
       <c r="D48" s="7"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
       <c r="G48" s="7"/>
       <c r="H48" s="7"/>
       <c r="I48" s="7"/>
       <c r="J48" s="7"/>
       <c r="K48" s="7"/>
       <c r="L48" s="6"/>
       <c r="M48" s="6"/>
       <c r="N48" s="6"/>
       <c r="O48" s="6"/>
       <c r="P48" s="6"/>
       <c r="Q48" s="6"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
       <c r="W48" s="6"/>
       <c r="X48" s="6"/>
       <c r="Y48" s="6"/>
       <c r="Z48" s="6"/>
       <c r="AA48" s="6"/>
       <c r="AB48" s="6"/>
       <c r="AC48" s="7"/>
-      <c r="AD48" s="7"/>
-[...1 lines deleted...]
-      <c r="AF48" s="24"/>
+      <c r="AD48" s="51"/>
+      <c r="AE48" s="51"/>
+      <c r="AF48" s="57"/>
       <c r="AG48" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A49" s="30" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="43"/>
       <c r="C49" s="44"/>
       <c r="D49" s="44"/>
       <c r="E49" s="44"/>
       <c r="F49" s="44"/>
       <c r="G49" s="44"/>
       <c r="H49" s="44"/>
       <c r="I49" s="44"/>
       <c r="J49" s="44"/>
       <c r="K49" s="44"/>
       <c r="L49" s="44"/>
       <c r="M49" s="44"/>
       <c r="N49" s="44"/>
       <c r="O49" s="44"/>
       <c r="P49" s="44"/>
       <c r="Q49" s="44"/>
       <c r="R49" s="44"/>
       <c r="S49" s="44"/>
       <c r="T49" s="44"/>
       <c r="U49" s="44"/>
       <c r="V49" s="44"/>
       <c r="W49" s="44"/>
       <c r="X49" s="44"/>
       <c r="Y49" s="44"/>
       <c r="Z49" s="44"/>
       <c r="AA49" s="44"/>
       <c r="AB49" s="44"/>
       <c r="AC49" s="44"/>
-      <c r="AD49" s="44"/>
-[...1 lines deleted...]
-      <c r="AF49" s="45"/>
+      <c r="AD49" s="55"/>
+      <c r="AE49" s="55"/>
+      <c r="AF49" s="59"/>
       <c r="AG49" s="29" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="AG3:AG4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4A2C7DBF-B629-4164-805B-3172011E9C62}">
   <dimension ref="A2:AF49"/>
   <sheetViews>
     <sheetView topLeftCell="A33" workbookViewId="0">
       <selection activeCell="M55" sqref="M55"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="31" width="6.5" customWidth="1"/>
     <col min="32" max="32" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:32" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -19014,56 +19254,56 @@
       </c>
       <c r="X3" s="4">
         <v>23</v>
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
-      <c r="AF3" s="52" t="s">
+      <c r="AF3" s="65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>27</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>28</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -19110,51 +19350,51 @@
       </c>
       <c r="X4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Y4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AE4" s="30" t="s">
         <v>28</v>
       </c>
-      <c r="AF4" s="53"/>
+      <c r="AF4" s="66"/>
     </row>
     <row r="5" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -21253,71 +21493,71 @@
       <c r="Z49" s="44"/>
       <c r="AA49" s="44"/>
       <c r="AB49" s="44"/>
       <c r="AC49" s="44"/>
       <c r="AD49" s="44"/>
       <c r="AE49" s="44"/>
       <c r="AF49" s="29" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="AF3:AF4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60476A09-FA36-4B82-87A6-7361F6949578}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A21" workbookViewId="0">
+    <sheetView topLeftCell="A21" workbookViewId="0">
       <selection activeCell="G33" sqref="G33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -21369,56 +21609,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>30</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -21468,51 +21708,51 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AE4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AF4" s="23" t="s">
         <v>31</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -24044,51 +24284,51 @@
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{28F326E9-EFBE-48EE-A1C6-0144BEB80671}">
   <dimension ref="A2:AF49"/>
   <sheetViews>
     <sheetView topLeftCell="A32" workbookViewId="0">
       <selection activeCell="W50" sqref="W50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="31" width="6.5" customWidth="1"/>
     <col min="32" max="32" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="3" spans="1:32" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -24137,56 +24377,56 @@
       </c>
       <c r="X3" s="4">
         <v>23</v>
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
-      <c r="AF3" s="52" t="s">
+      <c r="AF3" s="65" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>34</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -24233,51 +24473,51 @@
       </c>
       <c r="X4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="Y4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AE4" s="30" t="s">
         <v>17</v>
       </c>
-      <c r="AF4" s="53"/>
+      <c r="AF4" s="66"/>
     </row>
     <row r="5" spans="1:32" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -26152,71 +26392,71 @@
       </c>
       <c r="AA49" s="44"/>
       <c r="AB49" s="44"/>
       <c r="AC49" s="44"/>
       <c r="AD49" s="44"/>
       <c r="AE49" s="44"/>
       <c r="AF49" s="29" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="AF3:AF4"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="52" orientation="landscape" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B48D726-1252-4314-B5A4-2B99C030BEA2}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
-    <sheetView topLeftCell="A33" workbookViewId="0">
-      <selection activeCell="W50" sqref="W50"/>
+    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
+      <selection activeCell="E50" sqref="E50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -26268,56 +26508,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>31</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -26367,51 +26607,51 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AE4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AF4" s="23" t="s">
         <v>28</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>
@@ -26425,498 +26665,418 @@
       <c r="AC5" s="9"/>
       <c r="AD5" s="9"/>
       <c r="AE5" s="9"/>
       <c r="AF5" s="10"/>
       <c r="AG5" s="10" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A6" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="39">
         <v>18743</v>
       </c>
       <c r="C6" s="40">
         <v>18743</v>
       </c>
       <c r="D6" s="40">
         <v>18743</v>
       </c>
       <c r="E6" s="7">
         <v>20265</v>
       </c>
       <c r="F6" s="6"/>
-      <c r="G6" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G6" s="7"/>
+      <c r="H6" s="7"/>
+      <c r="I6" s="7"/>
+      <c r="J6" s="7"/>
+      <c r="K6" s="7"/>
       <c r="L6" s="7"/>
-      <c r="M6" s="7"/>
-[...3 lines deleted...]
-      <c r="Q6" s="7"/>
+      <c r="M6" s="49"/>
+      <c r="N6" s="49"/>
+      <c r="O6" s="49"/>
+      <c r="P6" s="49"/>
+      <c r="Q6" s="49"/>
       <c r="R6" s="7"/>
       <c r="S6" s="7"/>
       <c r="T6" s="7"/>
       <c r="U6" s="7"/>
       <c r="V6" s="7"/>
       <c r="W6" s="7"/>
       <c r="X6" s="7"/>
       <c r="Y6" s="7"/>
       <c r="Z6" s="7"/>
       <c r="AA6" s="6"/>
       <c r="AB6" s="7"/>
       <c r="AC6" s="7">
         <v>20428</v>
       </c>
       <c r="AD6" s="7">
         <v>20428</v>
       </c>
       <c r="AE6" s="7"/>
       <c r="AF6" s="24"/>
       <c r="AG6" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A7" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="39">
         <v>18743</v>
       </c>
       <c r="C7" s="7">
         <v>18743</v>
       </c>
       <c r="D7" s="7">
         <v>18743</v>
       </c>
       <c r="E7" s="6">
         <v>20265</v>
       </c>
       <c r="F7" s="6"/>
-      <c r="G7" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G7" s="7"/>
+      <c r="H7" s="7"/>
+      <c r="I7" s="7"/>
+      <c r="J7" s="7"/>
+      <c r="K7" s="7"/>
       <c r="L7" s="6"/>
-      <c r="M7" s="6"/>
-[...3 lines deleted...]
-      <c r="Q7" s="7"/>
+      <c r="M7" s="60"/>
+      <c r="N7" s="60"/>
+      <c r="O7" s="60"/>
+      <c r="P7" s="60"/>
+      <c r="Q7" s="51"/>
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="6"/>
       <c r="X7" s="6"/>
       <c r="Y7" s="7"/>
       <c r="Z7" s="6"/>
       <c r="AA7" s="6"/>
       <c r="AB7" s="6"/>
       <c r="AC7" s="7">
         <v>20428</v>
       </c>
       <c r="AD7" s="7">
         <v>20428</v>
       </c>
       <c r="AE7" s="7"/>
       <c r="AF7" s="24"/>
       <c r="AG7" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A8" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="39">
         <v>18743</v>
       </c>
       <c r="C8" s="7">
         <v>18743</v>
       </c>
       <c r="D8" s="7">
         <v>18743</v>
       </c>
       <c r="E8" s="6">
         <v>20265</v>
       </c>
       <c r="F8" s="6"/>
-      <c r="G8" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G8" s="7"/>
+      <c r="H8" s="7"/>
+      <c r="I8" s="7"/>
+      <c r="J8" s="7"/>
+      <c r="K8" s="7"/>
       <c r="L8" s="6"/>
-      <c r="M8" s="6"/>
-[...3 lines deleted...]
-      <c r="Q8" s="7"/>
+      <c r="M8" s="60"/>
+      <c r="N8" s="60"/>
+      <c r="O8" s="60"/>
+      <c r="P8" s="60"/>
+      <c r="Q8" s="51"/>
       <c r="R8" s="6"/>
       <c r="S8" s="6"/>
       <c r="T8" s="6"/>
       <c r="U8" s="6"/>
       <c r="V8" s="6"/>
       <c r="W8" s="6"/>
       <c r="X8" s="6"/>
       <c r="Y8" s="7"/>
       <c r="Z8" s="6"/>
       <c r="AA8" s="6"/>
       <c r="AB8" s="6"/>
       <c r="AC8" s="7">
         <v>20428</v>
       </c>
       <c r="AD8" s="7">
         <v>20428</v>
       </c>
       <c r="AE8" s="7"/>
       <c r="AF8" s="24"/>
       <c r="AG8" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A9" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B9" s="39">
         <v>18743</v>
       </c>
       <c r="C9" s="7">
         <v>18743</v>
       </c>
       <c r="D9" s="7">
         <v>18743</v>
       </c>
       <c r="E9" s="6">
         <v>20265</v>
       </c>
       <c r="F9" s="6"/>
-      <c r="G9" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G9" s="7"/>
+      <c r="H9" s="7"/>
+      <c r="I9" s="7"/>
+      <c r="J9" s="7"/>
+      <c r="K9" s="7"/>
       <c r="L9" s="6"/>
-      <c r="M9" s="6"/>
-[...3 lines deleted...]
-      <c r="Q9" s="7"/>
+      <c r="M9" s="60"/>
+      <c r="N9" s="60"/>
+      <c r="O9" s="60"/>
+      <c r="P9" s="60"/>
+      <c r="Q9" s="51"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
       <c r="V9" s="6"/>
       <c r="W9" s="6"/>
       <c r="X9" s="6"/>
       <c r="Y9" s="7"/>
       <c r="Z9" s="6"/>
       <c r="AA9" s="11"/>
       <c r="AB9" s="6"/>
       <c r="AC9" s="7">
         <v>20428</v>
       </c>
       <c r="AD9" s="7">
         <v>20428</v>
       </c>
       <c r="AE9" s="7"/>
       <c r="AF9" s="24"/>
       <c r="AG9" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A10" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="39">
         <v>18743</v>
       </c>
       <c r="C10" s="7">
         <v>18743</v>
       </c>
       <c r="D10" s="7">
         <v>18743</v>
       </c>
       <c r="E10" s="6">
         <v>20265</v>
       </c>
       <c r="F10" s="6"/>
-      <c r="G10" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
+      <c r="K10" s="7"/>
       <c r="L10" s="6"/>
-      <c r="M10" s="6"/>
-[...3 lines deleted...]
-      <c r="Q10" s="7"/>
+      <c r="M10" s="60"/>
+      <c r="N10" s="60"/>
+      <c r="O10" s="60"/>
+      <c r="P10" s="60"/>
+      <c r="Q10" s="51"/>
       <c r="R10" s="6"/>
       <c r="S10" s="6"/>
       <c r="T10" s="6"/>
       <c r="U10" s="6"/>
       <c r="V10" s="6"/>
       <c r="W10" s="6"/>
       <c r="X10" s="6"/>
       <c r="Y10" s="7"/>
       <c r="Z10" s="6"/>
       <c r="AA10" s="6"/>
       <c r="AB10" s="6"/>
       <c r="AC10" s="7">
         <v>20428</v>
       </c>
       <c r="AD10" s="7">
         <v>20428</v>
       </c>
       <c r="AE10" s="7"/>
       <c r="AF10" s="24"/>
       <c r="AG10" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A11" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B11" s="39">
         <v>18743</v>
       </c>
       <c r="C11" s="7">
         <v>18743</v>
       </c>
       <c r="D11" s="7">
         <v>18743</v>
       </c>
       <c r="E11" s="6">
         <v>20265</v>
       </c>
       <c r="F11" s="6"/>
-      <c r="G11" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G11" s="7"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="7"/>
       <c r="L11" s="6"/>
-      <c r="M11" s="6"/>
-[...3 lines deleted...]
-      <c r="Q11" s="7"/>
+      <c r="M11" s="60"/>
+      <c r="N11" s="60"/>
+      <c r="O11" s="60"/>
+      <c r="P11" s="60"/>
+      <c r="Q11" s="51"/>
       <c r="R11" s="6"/>
       <c r="S11" s="6"/>
       <c r="T11" s="6"/>
       <c r="U11" s="6"/>
       <c r="V11" s="6"/>
       <c r="W11" s="6"/>
       <c r="X11" s="6"/>
       <c r="Y11" s="7"/>
       <c r="Z11" s="6"/>
       <c r="AA11" s="6"/>
       <c r="AB11" s="6"/>
       <c r="AC11" s="7">
         <v>20428</v>
       </c>
       <c r="AD11" s="7">
         <v>20428</v>
       </c>
       <c r="AE11" s="7"/>
       <c r="AF11" s="24"/>
       <c r="AG11" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A12" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B12" s="39">
         <v>18743</v>
       </c>
       <c r="C12" s="7">
         <v>18743</v>
       </c>
       <c r="D12" s="7">
         <v>18743</v>
       </c>
       <c r="E12" s="6">
         <v>20265</v>
       </c>
       <c r="F12" s="6"/>
-      <c r="G12" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G12" s="7"/>
+      <c r="H12" s="7"/>
+      <c r="I12" s="7"/>
+      <c r="J12" s="7"/>
+      <c r="K12" s="7"/>
       <c r="L12" s="6"/>
-      <c r="M12" s="6"/>
-[...3 lines deleted...]
-      <c r="Q12" s="7"/>
+      <c r="M12" s="60"/>
+      <c r="N12" s="60"/>
+      <c r="O12" s="60"/>
+      <c r="P12" s="60"/>
+      <c r="Q12" s="51"/>
       <c r="R12" s="6"/>
       <c r="S12" s="6"/>
       <c r="T12" s="6"/>
       <c r="U12" s="6"/>
       <c r="V12" s="6"/>
       <c r="W12" s="6"/>
       <c r="X12" s="6"/>
       <c r="Y12" s="7"/>
       <c r="Z12" s="6"/>
       <c r="AA12" s="6"/>
       <c r="AB12" s="6"/>
       <c r="AC12" s="7">
         <v>20428</v>
       </c>
       <c r="AD12" s="7">
         <v>20428</v>
       </c>
       <c r="AE12" s="7"/>
       <c r="AF12" s="24"/>
       <c r="AG12" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A13" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="39">
         <v>18743</v>
       </c>
       <c r="C13" s="41">
         <v>18743</v>
       </c>
       <c r="D13" s="41">
         <v>18743</v>
       </c>
       <c r="E13" s="6">
         <v>20265</v>
       </c>
       <c r="F13" s="6"/>
-      <c r="G13" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G13" s="7"/>
+      <c r="H13" s="7"/>
+      <c r="I13" s="7"/>
+      <c r="J13" s="7"/>
+      <c r="K13" s="7"/>
       <c r="L13" s="11"/>
-      <c r="M13" s="11"/>
-[...3 lines deleted...]
-      <c r="Q13" s="7"/>
+      <c r="M13" s="55"/>
+      <c r="N13" s="55"/>
+      <c r="O13" s="55"/>
+      <c r="P13" s="55"/>
+      <c r="Q13" s="53"/>
       <c r="R13" s="11"/>
       <c r="S13" s="11"/>
       <c r="T13" s="11"/>
       <c r="U13" s="11"/>
       <c r="V13" s="11"/>
       <c r="W13" s="11"/>
       <c r="X13" s="11"/>
       <c r="Y13" s="7"/>
       <c r="Z13" s="11"/>
       <c r="AA13" s="11"/>
       <c r="AB13" s="11"/>
       <c r="AC13" s="7">
         <v>20428</v>
       </c>
       <c r="AD13" s="7">
         <v>20428</v>
       </c>
       <c r="AE13" s="7"/>
       <c r="AF13" s="24"/>
       <c r="AG13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A14" s="15" t="s">
@@ -26952,498 +27112,418 @@
       <c r="AC14" s="9"/>
       <c r="AD14" s="9"/>
       <c r="AE14" s="9"/>
       <c r="AF14" s="10"/>
       <c r="AG14" s="21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A15" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="39">
         <v>18743</v>
       </c>
       <c r="C15" s="40">
         <v>18743</v>
       </c>
       <c r="D15" s="40">
         <v>18743</v>
       </c>
       <c r="E15" s="7">
         <v>20265</v>
       </c>
       <c r="F15" s="6"/>
-      <c r="G15" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G15" s="7"/>
+      <c r="H15" s="7"/>
+      <c r="I15" s="7"/>
+      <c r="J15" s="7"/>
+      <c r="K15" s="7"/>
       <c r="L15" s="7"/>
-      <c r="M15" s="7"/>
-[...3 lines deleted...]
-      <c r="Q15" s="7"/>
+      <c r="M15" s="49"/>
+      <c r="N15" s="49"/>
+      <c r="O15" s="49"/>
+      <c r="P15" s="49"/>
+      <c r="Q15" s="49"/>
       <c r="R15" s="7"/>
       <c r="S15" s="7"/>
       <c r="T15" s="7"/>
       <c r="U15" s="7"/>
       <c r="V15" s="7"/>
       <c r="W15" s="7"/>
       <c r="X15" s="7"/>
       <c r="Y15" s="7"/>
       <c r="Z15" s="7"/>
       <c r="AA15" s="6"/>
       <c r="AB15" s="6"/>
       <c r="AC15" s="7">
         <v>20428</v>
       </c>
       <c r="AD15" s="7">
         <v>20428</v>
       </c>
       <c r="AE15" s="7"/>
       <c r="AF15" s="24"/>
       <c r="AG15" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A16" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="39">
         <v>18743</v>
       </c>
       <c r="C16" s="7">
         <v>18743</v>
       </c>
       <c r="D16" s="7">
         <v>18743</v>
       </c>
       <c r="E16" s="6">
         <v>20265</v>
       </c>
       <c r="F16" s="6"/>
-      <c r="G16" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G16" s="7"/>
+      <c r="H16" s="7"/>
+      <c r="I16" s="7"/>
+      <c r="J16" s="7"/>
+      <c r="K16" s="7"/>
       <c r="L16" s="6"/>
-      <c r="M16" s="6"/>
-[...3 lines deleted...]
-      <c r="Q16" s="6"/>
+      <c r="M16" s="60"/>
+      <c r="N16" s="60"/>
+      <c r="O16" s="60"/>
+      <c r="P16" s="60"/>
+      <c r="Q16" s="60"/>
       <c r="R16" s="6"/>
       <c r="S16" s="6"/>
       <c r="T16" s="6"/>
       <c r="U16" s="6"/>
       <c r="V16" s="6"/>
       <c r="W16" s="6"/>
       <c r="X16" s="6"/>
       <c r="Y16" s="6"/>
       <c r="Z16" s="6"/>
       <c r="AA16" s="6"/>
       <c r="AB16" s="6"/>
       <c r="AC16" s="7">
         <v>20428</v>
       </c>
       <c r="AD16" s="7">
         <v>20428</v>
       </c>
       <c r="AE16" s="7"/>
       <c r="AF16" s="24"/>
       <c r="AG16" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A17" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B17" s="39">
         <v>18743</v>
       </c>
       <c r="C17" s="7">
         <v>18743</v>
       </c>
       <c r="D17" s="7">
         <v>18743</v>
       </c>
       <c r="E17" s="6">
         <v>20265</v>
       </c>
       <c r="F17" s="6"/>
-      <c r="G17" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G17" s="7"/>
+      <c r="H17" s="7"/>
+      <c r="I17" s="7"/>
+      <c r="J17" s="7"/>
+      <c r="K17" s="7"/>
       <c r="L17" s="6"/>
-      <c r="M17" s="6"/>
-[...3 lines deleted...]
-      <c r="Q17" s="6"/>
+      <c r="M17" s="60"/>
+      <c r="N17" s="60"/>
+      <c r="O17" s="60"/>
+      <c r="P17" s="60"/>
+      <c r="Q17" s="60"/>
       <c r="R17" s="6"/>
       <c r="S17" s="6"/>
       <c r="T17" s="6"/>
       <c r="U17" s="6"/>
       <c r="V17" s="6"/>
       <c r="W17" s="6"/>
       <c r="X17" s="6"/>
       <c r="Y17" s="6"/>
       <c r="Z17" s="6"/>
       <c r="AA17" s="6"/>
       <c r="AB17" s="6"/>
       <c r="AC17" s="7">
         <v>20428</v>
       </c>
       <c r="AD17" s="7">
         <v>20428</v>
       </c>
       <c r="AE17" s="7"/>
       <c r="AF17" s="24"/>
       <c r="AG17" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A18" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B18" s="39">
         <v>18743</v>
       </c>
       <c r="C18" s="7">
         <v>18743</v>
       </c>
       <c r="D18" s="7">
         <v>18743</v>
       </c>
       <c r="E18" s="6">
         <v>20265</v>
       </c>
       <c r="F18" s="6"/>
-      <c r="G18" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G18" s="7"/>
+      <c r="H18" s="7"/>
+      <c r="I18" s="7"/>
+      <c r="J18" s="7"/>
+      <c r="K18" s="7"/>
       <c r="L18" s="6"/>
-      <c r="M18" s="6"/>
-[...3 lines deleted...]
-      <c r="Q18" s="6"/>
+      <c r="M18" s="60"/>
+      <c r="N18" s="60"/>
+      <c r="O18" s="60"/>
+      <c r="P18" s="60"/>
+      <c r="Q18" s="60"/>
       <c r="R18" s="6"/>
       <c r="S18" s="6"/>
       <c r="T18" s="6"/>
       <c r="U18" s="6"/>
       <c r="V18" s="6"/>
       <c r="W18" s="6"/>
       <c r="X18" s="6"/>
       <c r="Y18" s="6"/>
       <c r="Z18" s="6"/>
       <c r="AA18" s="11"/>
       <c r="AB18" s="11"/>
       <c r="AC18" s="7">
         <v>20428</v>
       </c>
       <c r="AD18" s="7">
         <v>20428</v>
       </c>
       <c r="AE18" s="7"/>
       <c r="AF18" s="24"/>
       <c r="AG18" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A19" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B19" s="39">
         <v>18743</v>
       </c>
       <c r="C19" s="7">
         <v>18743</v>
       </c>
       <c r="D19" s="7">
         <v>18743</v>
       </c>
       <c r="E19" s="6">
         <v>20265</v>
       </c>
       <c r="F19" s="6"/>
-      <c r="G19" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G19" s="7"/>
+      <c r="H19" s="7"/>
+      <c r="I19" s="7"/>
+      <c r="J19" s="7"/>
+      <c r="K19" s="7"/>
       <c r="L19" s="6"/>
-      <c r="M19" s="6"/>
-[...3 lines deleted...]
-      <c r="Q19" s="6"/>
+      <c r="M19" s="60"/>
+      <c r="N19" s="60"/>
+      <c r="O19" s="60"/>
+      <c r="P19" s="60"/>
+      <c r="Q19" s="60"/>
       <c r="R19" s="6"/>
       <c r="S19" s="6"/>
       <c r="T19" s="6"/>
       <c r="U19" s="6"/>
       <c r="V19" s="6"/>
       <c r="W19" s="6"/>
       <c r="X19" s="6"/>
       <c r="Y19" s="6"/>
       <c r="Z19" s="6"/>
       <c r="AA19" s="6"/>
       <c r="AB19" s="6"/>
       <c r="AC19" s="7">
         <v>20428</v>
       </c>
       <c r="AD19" s="7">
         <v>20428</v>
       </c>
       <c r="AE19" s="7"/>
       <c r="AF19" s="24"/>
       <c r="AG19" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A20" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B20" s="39">
         <v>18743</v>
       </c>
       <c r="C20" s="7">
         <v>18743</v>
       </c>
       <c r="D20" s="7">
         <v>18743</v>
       </c>
       <c r="E20" s="6">
         <v>20265</v>
       </c>
       <c r="F20" s="6"/>
-      <c r="G20" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G20" s="7"/>
+      <c r="H20" s="7"/>
+      <c r="I20" s="7"/>
+      <c r="J20" s="7"/>
+      <c r="K20" s="7"/>
       <c r="L20" s="6"/>
-      <c r="M20" s="6"/>
-[...3 lines deleted...]
-      <c r="Q20" s="6"/>
+      <c r="M20" s="60"/>
+      <c r="N20" s="60"/>
+      <c r="O20" s="60"/>
+      <c r="P20" s="60"/>
+      <c r="Q20" s="60"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
       <c r="W20" s="6"/>
       <c r="X20" s="6"/>
       <c r="Y20" s="6"/>
       <c r="Z20" s="6"/>
       <c r="AA20" s="6"/>
       <c r="AB20" s="6"/>
       <c r="AC20" s="7">
         <v>20428</v>
       </c>
       <c r="AD20" s="7">
         <v>20428</v>
       </c>
       <c r="AE20" s="7"/>
       <c r="AF20" s="24"/>
       <c r="AG20" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A21" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="39">
         <v>18743</v>
       </c>
       <c r="C21" s="7">
         <v>18743</v>
       </c>
       <c r="D21" s="7">
         <v>18743</v>
       </c>
       <c r="E21" s="6">
         <v>20265</v>
       </c>
       <c r="F21" s="6"/>
-      <c r="G21" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G21" s="7"/>
+      <c r="H21" s="7"/>
+      <c r="I21" s="7"/>
+      <c r="J21" s="7"/>
+      <c r="K21" s="7"/>
       <c r="L21" s="6"/>
-      <c r="M21" s="6"/>
-[...3 lines deleted...]
-      <c r="Q21" s="6"/>
+      <c r="M21" s="60"/>
+      <c r="N21" s="60"/>
+      <c r="O21" s="60"/>
+      <c r="P21" s="60"/>
+      <c r="Q21" s="60"/>
       <c r="R21" s="6"/>
       <c r="S21" s="6"/>
       <c r="T21" s="6"/>
       <c r="U21" s="6"/>
       <c r="V21" s="6"/>
       <c r="W21" s="6"/>
       <c r="X21" s="6"/>
       <c r="Y21" s="6"/>
       <c r="Z21" s="6"/>
       <c r="AA21" s="6"/>
       <c r="AB21" s="6"/>
       <c r="AC21" s="7">
         <v>20428</v>
       </c>
       <c r="AD21" s="7">
         <v>20428</v>
       </c>
       <c r="AE21" s="7"/>
       <c r="AF21" s="24"/>
       <c r="AG21" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A22" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="39">
         <v>18743</v>
       </c>
       <c r="C22" s="41">
         <v>18743</v>
       </c>
       <c r="D22" s="41">
         <v>18743</v>
       </c>
       <c r="E22" s="6">
         <v>20265</v>
       </c>
       <c r="F22" s="6"/>
-      <c r="G22" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G22" s="7"/>
+      <c r="H22" s="7"/>
+      <c r="I22" s="7"/>
+      <c r="J22" s="7"/>
+      <c r="K22" s="7"/>
       <c r="L22" s="11"/>
-      <c r="M22" s="11"/>
-[...3 lines deleted...]
-      <c r="Q22" s="11"/>
+      <c r="M22" s="55"/>
+      <c r="N22" s="55"/>
+      <c r="O22" s="55"/>
+      <c r="P22" s="55"/>
+      <c r="Q22" s="55"/>
       <c r="R22" s="11"/>
       <c r="S22" s="11"/>
       <c r="T22" s="11"/>
       <c r="U22" s="11"/>
       <c r="V22" s="11"/>
       <c r="W22" s="11"/>
       <c r="X22" s="11"/>
       <c r="Y22" s="11"/>
       <c r="Z22" s="11"/>
       <c r="AA22" s="11"/>
       <c r="AB22" s="11"/>
       <c r="AC22" s="7">
         <v>20428</v>
       </c>
       <c r="AD22" s="7">
         <v>20428</v>
       </c>
       <c r="AE22" s="7"/>
       <c r="AF22" s="24"/>
       <c r="AG22" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="23" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A23" s="15" t="s">
@@ -27479,498 +27559,418 @@
       <c r="AC23" s="9"/>
       <c r="AD23" s="9"/>
       <c r="AE23" s="9"/>
       <c r="AF23" s="10"/>
       <c r="AG23" s="21" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A24" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="39">
         <v>18743</v>
       </c>
       <c r="C24" s="40">
         <v>18743</v>
       </c>
       <c r="D24" s="40">
         <v>18743</v>
       </c>
       <c r="E24" s="7">
         <v>20265</v>
       </c>
       <c r="F24" s="6"/>
-      <c r="G24" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G24" s="7"/>
+      <c r="H24" s="7"/>
+      <c r="I24" s="7"/>
+      <c r="J24" s="7"/>
+      <c r="K24" s="7"/>
       <c r="L24" s="7"/>
-      <c r="M24" s="7"/>
-[...3 lines deleted...]
-      <c r="Q24" s="7"/>
+      <c r="M24" s="49"/>
+      <c r="N24" s="49"/>
+      <c r="O24" s="49"/>
+      <c r="P24" s="49"/>
+      <c r="Q24" s="49"/>
       <c r="R24" s="7"/>
       <c r="S24" s="7"/>
       <c r="T24" s="7"/>
       <c r="U24" s="7"/>
       <c r="V24" s="7"/>
       <c r="W24" s="7"/>
       <c r="X24" s="7"/>
       <c r="Y24" s="7"/>
       <c r="Z24" s="7"/>
       <c r="AA24" s="6"/>
       <c r="AB24" s="6"/>
       <c r="AC24" s="7">
         <v>20428</v>
       </c>
       <c r="AD24" s="7">
         <v>20428</v>
       </c>
       <c r="AE24" s="7"/>
       <c r="AF24" s="24"/>
       <c r="AG24" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A25" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B25" s="39">
         <v>18743</v>
       </c>
       <c r="C25" s="7">
         <v>18743</v>
       </c>
       <c r="D25" s="7">
         <v>18743</v>
       </c>
       <c r="E25" s="6">
         <v>20265</v>
       </c>
       <c r="F25" s="6"/>
-      <c r="G25" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G25" s="7"/>
+      <c r="H25" s="7"/>
+      <c r="I25" s="7"/>
+      <c r="J25" s="7"/>
+      <c r="K25" s="7"/>
       <c r="L25" s="6"/>
-      <c r="M25" s="6"/>
-[...3 lines deleted...]
-      <c r="Q25" s="6"/>
+      <c r="M25" s="60"/>
+      <c r="N25" s="60"/>
+      <c r="O25" s="60"/>
+      <c r="P25" s="60"/>
+      <c r="Q25" s="60"/>
       <c r="R25" s="6"/>
       <c r="S25" s="6"/>
       <c r="T25" s="6"/>
       <c r="U25" s="6"/>
       <c r="V25" s="6"/>
       <c r="W25" s="6"/>
       <c r="X25" s="6"/>
       <c r="Y25" s="6"/>
       <c r="Z25" s="6"/>
       <c r="AA25" s="6"/>
       <c r="AB25" s="6"/>
       <c r="AC25" s="7">
         <v>20428</v>
       </c>
       <c r="AD25" s="7">
         <v>20428</v>
       </c>
       <c r="AE25" s="7"/>
       <c r="AF25" s="24"/>
       <c r="AG25" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A26" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B26" s="39">
         <v>18743</v>
       </c>
       <c r="C26" s="7">
         <v>18743</v>
       </c>
       <c r="D26" s="7">
         <v>18743</v>
       </c>
       <c r="E26" s="6">
         <v>20265</v>
       </c>
       <c r="F26" s="6"/>
-      <c r="G26" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G26" s="7"/>
+      <c r="H26" s="7"/>
+      <c r="I26" s="7"/>
+      <c r="J26" s="7"/>
+      <c r="K26" s="7"/>
       <c r="L26" s="6"/>
-      <c r="M26" s="6"/>
-[...3 lines deleted...]
-      <c r="Q26" s="6"/>
+      <c r="M26" s="60"/>
+      <c r="N26" s="60"/>
+      <c r="O26" s="60"/>
+      <c r="P26" s="60"/>
+      <c r="Q26" s="60"/>
       <c r="R26" s="6"/>
       <c r="S26" s="6"/>
       <c r="T26" s="6"/>
       <c r="U26" s="6"/>
       <c r="V26" s="6"/>
       <c r="W26" s="6"/>
       <c r="X26" s="6"/>
       <c r="Y26" s="6"/>
       <c r="Z26" s="6"/>
       <c r="AA26" s="6"/>
       <c r="AB26" s="6"/>
       <c r="AC26" s="7">
         <v>20428</v>
       </c>
       <c r="AD26" s="7">
         <v>20428</v>
       </c>
       <c r="AE26" s="7"/>
       <c r="AF26" s="24"/>
       <c r="AG26" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A27" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B27" s="39">
         <v>18743</v>
       </c>
       <c r="C27" s="7">
         <v>18743</v>
       </c>
       <c r="D27" s="7">
         <v>18743</v>
       </c>
       <c r="E27" s="6">
         <v>20265</v>
       </c>
       <c r="F27" s="6"/>
-      <c r="G27" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G27" s="7"/>
+      <c r="H27" s="7"/>
+      <c r="I27" s="7"/>
+      <c r="J27" s="7"/>
+      <c r="K27" s="7"/>
       <c r="L27" s="6"/>
-      <c r="M27" s="6"/>
-[...3 lines deleted...]
-      <c r="Q27" s="6"/>
+      <c r="M27" s="60"/>
+      <c r="N27" s="60"/>
+      <c r="O27" s="60"/>
+      <c r="P27" s="60"/>
+      <c r="Q27" s="60"/>
       <c r="R27" s="6"/>
       <c r="S27" s="6"/>
       <c r="T27" s="6"/>
       <c r="U27" s="6"/>
       <c r="V27" s="6"/>
       <c r="W27" s="6"/>
       <c r="X27" s="6"/>
       <c r="Y27" s="6"/>
       <c r="Z27" s="6"/>
       <c r="AA27" s="11"/>
       <c r="AB27" s="11"/>
       <c r="AC27" s="7">
         <v>20428</v>
       </c>
       <c r="AD27" s="7">
         <v>20428</v>
       </c>
       <c r="AE27" s="7"/>
       <c r="AF27" s="24"/>
       <c r="AG27" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A28" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B28" s="39">
         <v>18743</v>
       </c>
       <c r="C28" s="7">
         <v>18743</v>
       </c>
       <c r="D28" s="7">
         <v>18743</v>
       </c>
       <c r="E28" s="6">
         <v>20265</v>
       </c>
       <c r="F28" s="6"/>
-      <c r="G28" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G28" s="7"/>
+      <c r="H28" s="7"/>
+      <c r="I28" s="7"/>
+      <c r="J28" s="7"/>
+      <c r="K28" s="7"/>
       <c r="L28" s="6"/>
-      <c r="M28" s="6"/>
-[...3 lines deleted...]
-      <c r="Q28" s="6"/>
+      <c r="M28" s="60"/>
+      <c r="N28" s="60"/>
+      <c r="O28" s="60"/>
+      <c r="P28" s="60"/>
+      <c r="Q28" s="60"/>
       <c r="R28" s="6"/>
       <c r="S28" s="6"/>
       <c r="T28" s="6"/>
       <c r="U28" s="6"/>
       <c r="V28" s="6"/>
       <c r="W28" s="6"/>
       <c r="X28" s="6"/>
       <c r="Y28" s="6"/>
       <c r="Z28" s="6"/>
       <c r="AA28" s="6"/>
       <c r="AB28" s="6"/>
       <c r="AC28" s="7">
         <v>20428</v>
       </c>
       <c r="AD28" s="7">
         <v>20428</v>
       </c>
       <c r="AE28" s="7"/>
       <c r="AF28" s="24"/>
       <c r="AG28" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A29" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B29" s="39">
         <v>18743</v>
       </c>
       <c r="C29" s="7">
         <v>18743</v>
       </c>
       <c r="D29" s="7">
         <v>18743</v>
       </c>
       <c r="E29" s="6">
         <v>20265</v>
       </c>
       <c r="F29" s="6"/>
-      <c r="G29" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G29" s="7"/>
+      <c r="H29" s="7"/>
+      <c r="I29" s="7"/>
+      <c r="J29" s="7"/>
+      <c r="K29" s="7"/>
       <c r="L29" s="6"/>
-      <c r="M29" s="6"/>
-[...3 lines deleted...]
-      <c r="Q29" s="6"/>
+      <c r="M29" s="60"/>
+      <c r="N29" s="60"/>
+      <c r="O29" s="60"/>
+      <c r="P29" s="60"/>
+      <c r="Q29" s="60"/>
       <c r="R29" s="6"/>
       <c r="S29" s="6"/>
       <c r="T29" s="6"/>
       <c r="U29" s="6"/>
       <c r="V29" s="6"/>
       <c r="W29" s="6"/>
       <c r="X29" s="6"/>
       <c r="Y29" s="6"/>
       <c r="Z29" s="6"/>
       <c r="AA29" s="6"/>
       <c r="AB29" s="6"/>
       <c r="AC29" s="7">
         <v>20428</v>
       </c>
       <c r="AD29" s="7">
         <v>20428</v>
       </c>
       <c r="AE29" s="7"/>
       <c r="AF29" s="24"/>
       <c r="AG29" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A30" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B30" s="39">
         <v>18743</v>
       </c>
       <c r="C30" s="7">
         <v>18743</v>
       </c>
       <c r="D30" s="7">
         <v>18743</v>
       </c>
       <c r="E30" s="6">
         <v>20265</v>
       </c>
       <c r="F30" s="6"/>
-      <c r="G30" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G30" s="7"/>
+      <c r="H30" s="7"/>
+      <c r="I30" s="7"/>
+      <c r="J30" s="7"/>
+      <c r="K30" s="7"/>
       <c r="L30" s="6"/>
-      <c r="M30" s="6"/>
-[...3 lines deleted...]
-      <c r="Q30" s="6"/>
+      <c r="M30" s="60"/>
+      <c r="N30" s="60"/>
+      <c r="O30" s="60"/>
+      <c r="P30" s="60"/>
+      <c r="Q30" s="60"/>
       <c r="R30" s="6"/>
       <c r="S30" s="6"/>
       <c r="T30" s="6"/>
       <c r="U30" s="6"/>
       <c r="V30" s="6"/>
       <c r="W30" s="6"/>
       <c r="X30" s="6"/>
       <c r="Y30" s="6"/>
       <c r="Z30" s="6"/>
       <c r="AA30" s="6"/>
       <c r="AB30" s="6"/>
       <c r="AC30" s="7">
         <v>20428</v>
       </c>
       <c r="AD30" s="7">
         <v>20428</v>
       </c>
       <c r="AE30" s="7"/>
       <c r="AF30" s="24"/>
       <c r="AG30" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A31" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="39">
         <v>18743</v>
       </c>
       <c r="C31" s="41">
         <v>18743</v>
       </c>
       <c r="D31" s="41">
         <v>18743</v>
       </c>
       <c r="E31" s="6">
         <v>20265</v>
       </c>
       <c r="F31" s="6"/>
-      <c r="G31" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G31" s="7"/>
+      <c r="H31" s="7"/>
+      <c r="I31" s="7"/>
+      <c r="J31" s="7"/>
+      <c r="K31" s="7"/>
       <c r="L31" s="11"/>
-      <c r="M31" s="11"/>
-[...3 lines deleted...]
-      <c r="Q31" s="11"/>
+      <c r="M31" s="55"/>
+      <c r="N31" s="55"/>
+      <c r="O31" s="55"/>
+      <c r="P31" s="55"/>
+      <c r="Q31" s="55"/>
       <c r="R31" s="11"/>
       <c r="S31" s="11"/>
       <c r="T31" s="11"/>
       <c r="U31" s="11"/>
       <c r="V31" s="11"/>
       <c r="W31" s="11"/>
       <c r="X31" s="11"/>
       <c r="Y31" s="11"/>
       <c r="Z31" s="11"/>
       <c r="AA31" s="11"/>
       <c r="AB31" s="11"/>
       <c r="AC31" s="7">
         <v>20428</v>
       </c>
       <c r="AD31" s="7">
         <v>20428</v>
       </c>
       <c r="AE31" s="7"/>
       <c r="AF31" s="24"/>
       <c r="AG31" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A32" s="15" t="s">
@@ -28006,498 +28006,418 @@
       <c r="AC32" s="9"/>
       <c r="AD32" s="9"/>
       <c r="AE32" s="9"/>
       <c r="AF32" s="10"/>
       <c r="AG32" s="21" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="33" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A33" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="39">
         <v>18743</v>
       </c>
       <c r="C33" s="40">
         <v>18743</v>
       </c>
       <c r="D33" s="40">
         <v>18743</v>
       </c>
       <c r="E33" s="7">
         <v>20265</v>
       </c>
       <c r="F33" s="6"/>
-      <c r="G33" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G33" s="7"/>
+      <c r="H33" s="7"/>
+      <c r="I33" s="7"/>
+      <c r="J33" s="7"/>
+      <c r="K33" s="7"/>
       <c r="L33" s="7"/>
-      <c r="M33" s="7"/>
-[...3 lines deleted...]
-      <c r="Q33" s="7"/>
+      <c r="M33" s="49"/>
+      <c r="N33" s="49"/>
+      <c r="O33" s="49"/>
+      <c r="P33" s="49"/>
+      <c r="Q33" s="49"/>
       <c r="R33" s="7"/>
       <c r="S33" s="7"/>
       <c r="T33" s="7"/>
       <c r="U33" s="7"/>
       <c r="V33" s="7"/>
       <c r="W33" s="7"/>
       <c r="X33" s="7"/>
       <c r="Y33" s="7"/>
       <c r="Z33" s="7"/>
       <c r="AA33" s="6"/>
       <c r="AB33" s="6"/>
       <c r="AC33" s="7">
         <v>20428</v>
       </c>
       <c r="AD33" s="7">
         <v>20428</v>
       </c>
       <c r="AE33" s="7"/>
       <c r="AF33" s="24"/>
       <c r="AG33" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="34" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A34" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B34" s="39">
         <v>18743</v>
       </c>
       <c r="C34" s="7">
         <v>18743</v>
       </c>
       <c r="D34" s="7">
         <v>18743</v>
       </c>
       <c r="E34" s="6">
         <v>20265</v>
       </c>
       <c r="F34" s="6"/>
-      <c r="G34" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+      <c r="I34" s="7"/>
+      <c r="J34" s="7"/>
+      <c r="K34" s="7"/>
       <c r="L34" s="6"/>
-      <c r="M34" s="6"/>
-[...3 lines deleted...]
-      <c r="Q34" s="7"/>
+      <c r="M34" s="60"/>
+      <c r="N34" s="60"/>
+      <c r="O34" s="60"/>
+      <c r="P34" s="60"/>
+      <c r="Q34" s="51"/>
       <c r="R34" s="6"/>
       <c r="S34" s="6"/>
       <c r="T34" s="6"/>
       <c r="U34" s="6"/>
       <c r="V34" s="6"/>
       <c r="W34" s="6"/>
       <c r="X34" s="6"/>
       <c r="Y34" s="7"/>
       <c r="Z34" s="6"/>
       <c r="AA34" s="6"/>
       <c r="AB34" s="6"/>
       <c r="AC34" s="7">
         <v>20428</v>
       </c>
       <c r="AD34" s="7">
         <v>20428</v>
       </c>
       <c r="AE34" s="7"/>
       <c r="AF34" s="24"/>
       <c r="AG34" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A35" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B35" s="39">
         <v>18743</v>
       </c>
       <c r="C35" s="7">
         <v>18743</v>
       </c>
       <c r="D35" s="7">
         <v>18743</v>
       </c>
       <c r="E35" s="6">
         <v>20265</v>
       </c>
       <c r="F35" s="6"/>
-      <c r="G35" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G35" s="7"/>
+      <c r="H35" s="7"/>
+      <c r="I35" s="7"/>
+      <c r="J35" s="7"/>
+      <c r="K35" s="7"/>
       <c r="L35" s="6"/>
-      <c r="M35" s="6"/>
-[...3 lines deleted...]
-      <c r="Q35" s="7"/>
+      <c r="M35" s="60"/>
+      <c r="N35" s="60"/>
+      <c r="O35" s="60"/>
+      <c r="P35" s="60"/>
+      <c r="Q35" s="51"/>
       <c r="R35" s="6"/>
       <c r="S35" s="6"/>
       <c r="T35" s="6"/>
       <c r="U35" s="6"/>
       <c r="V35" s="6"/>
       <c r="W35" s="6"/>
       <c r="X35" s="6"/>
       <c r="Y35" s="7"/>
       <c r="Z35" s="6"/>
       <c r="AA35" s="6"/>
       <c r="AB35" s="6"/>
       <c r="AC35" s="7">
         <v>20428</v>
       </c>
       <c r="AD35" s="7">
         <v>20428</v>
       </c>
       <c r="AE35" s="7"/>
       <c r="AF35" s="24"/>
       <c r="AG35" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A36" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B36" s="39">
         <v>18743</v>
       </c>
       <c r="C36" s="7">
         <v>18743</v>
       </c>
       <c r="D36" s="7">
         <v>18743</v>
       </c>
       <c r="E36" s="6">
         <v>20265</v>
       </c>
       <c r="F36" s="6"/>
-      <c r="G36" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G36" s="7"/>
+      <c r="H36" s="7"/>
+      <c r="I36" s="7"/>
+      <c r="J36" s="7"/>
+      <c r="K36" s="7"/>
       <c r="L36" s="6"/>
-      <c r="M36" s="6"/>
-[...3 lines deleted...]
-      <c r="Q36" s="7"/>
+      <c r="M36" s="60"/>
+      <c r="N36" s="60"/>
+      <c r="O36" s="60"/>
+      <c r="P36" s="60"/>
+      <c r="Q36" s="51"/>
       <c r="R36" s="6"/>
       <c r="S36" s="6"/>
       <c r="T36" s="6"/>
       <c r="U36" s="6"/>
       <c r="V36" s="6"/>
       <c r="W36" s="6"/>
       <c r="X36" s="6"/>
       <c r="Y36" s="7"/>
       <c r="Z36" s="6"/>
       <c r="AA36" s="11"/>
       <c r="AB36" s="11"/>
       <c r="AC36" s="7">
         <v>20428</v>
       </c>
       <c r="AD36" s="7">
         <v>20428</v>
       </c>
       <c r="AE36" s="7"/>
       <c r="AF36" s="24"/>
       <c r="AG36" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A37" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B37" s="39">
         <v>18743</v>
       </c>
       <c r="C37" s="7">
         <v>18743</v>
       </c>
       <c r="D37" s="7">
         <v>18743</v>
       </c>
       <c r="E37" s="6">
         <v>20265</v>
       </c>
       <c r="F37" s="6"/>
-      <c r="G37" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G37" s="7"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="7"/>
+      <c r="J37" s="7"/>
+      <c r="K37" s="7"/>
       <c r="L37" s="6"/>
-      <c r="M37" s="6"/>
-[...3 lines deleted...]
-      <c r="Q37" s="7"/>
+      <c r="M37" s="60"/>
+      <c r="N37" s="60"/>
+      <c r="O37" s="60"/>
+      <c r="P37" s="60"/>
+      <c r="Q37" s="51"/>
       <c r="R37" s="6"/>
       <c r="S37" s="6"/>
       <c r="T37" s="6"/>
       <c r="U37" s="6"/>
       <c r="V37" s="6"/>
       <c r="W37" s="6"/>
       <c r="X37" s="6"/>
       <c r="Y37" s="7"/>
       <c r="Z37" s="6"/>
       <c r="AA37" s="6"/>
       <c r="AB37" s="6"/>
       <c r="AC37" s="7">
         <v>20428</v>
       </c>
       <c r="AD37" s="7">
         <v>20428</v>
       </c>
       <c r="AE37" s="7"/>
       <c r="AF37" s="24"/>
       <c r="AG37" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A38" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B38" s="39">
         <v>18743</v>
       </c>
       <c r="C38" s="7">
         <v>18743</v>
       </c>
       <c r="D38" s="7">
         <v>18743</v>
       </c>
       <c r="E38" s="6">
         <v>20265</v>
       </c>
       <c r="F38" s="6"/>
-      <c r="G38" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G38" s="7"/>
+      <c r="H38" s="7"/>
+      <c r="I38" s="7"/>
+      <c r="J38" s="7"/>
+      <c r="K38" s="7"/>
       <c r="L38" s="6"/>
-      <c r="M38" s="6"/>
-[...3 lines deleted...]
-      <c r="Q38" s="7"/>
+      <c r="M38" s="60"/>
+      <c r="N38" s="60"/>
+      <c r="O38" s="60"/>
+      <c r="P38" s="60"/>
+      <c r="Q38" s="51"/>
       <c r="R38" s="6"/>
       <c r="S38" s="6"/>
       <c r="T38" s="6"/>
       <c r="U38" s="6"/>
       <c r="V38" s="6"/>
       <c r="W38" s="6"/>
       <c r="X38" s="6"/>
       <c r="Y38" s="7"/>
       <c r="Z38" s="6"/>
       <c r="AA38" s="6"/>
       <c r="AB38" s="6"/>
       <c r="AC38" s="7">
         <v>20428</v>
       </c>
       <c r="AD38" s="7">
         <v>20428</v>
       </c>
       <c r="AE38" s="7"/>
       <c r="AF38" s="24"/>
       <c r="AG38" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A39" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B39" s="39">
         <v>18743</v>
       </c>
       <c r="C39" s="7">
         <v>18743</v>
       </c>
       <c r="D39" s="7">
         <v>18743</v>
       </c>
       <c r="E39" s="6">
         <v>20265</v>
       </c>
       <c r="F39" s="6"/>
-      <c r="G39" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G39" s="7"/>
+      <c r="H39" s="7"/>
+      <c r="I39" s="7"/>
+      <c r="J39" s="7"/>
+      <c r="K39" s="7"/>
       <c r="L39" s="6"/>
-      <c r="M39" s="6"/>
-[...3 lines deleted...]
-      <c r="Q39" s="7"/>
+      <c r="M39" s="60"/>
+      <c r="N39" s="60"/>
+      <c r="O39" s="60"/>
+      <c r="P39" s="60"/>
+      <c r="Q39" s="51"/>
       <c r="R39" s="6"/>
       <c r="S39" s="6"/>
       <c r="T39" s="6"/>
       <c r="U39" s="6"/>
       <c r="V39" s="6"/>
       <c r="W39" s="6"/>
       <c r="X39" s="6"/>
       <c r="Y39" s="7"/>
       <c r="Z39" s="6"/>
       <c r="AA39" s="6"/>
       <c r="AB39" s="6"/>
       <c r="AC39" s="7">
         <v>20428</v>
       </c>
       <c r="AD39" s="7">
         <v>20428</v>
       </c>
       <c r="AE39" s="7"/>
       <c r="AF39" s="24"/>
       <c r="AG39" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A40" s="38" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="39">
         <v>18743</v>
       </c>
       <c r="C40" s="41">
         <v>18743</v>
       </c>
       <c r="D40" s="41">
         <v>18743</v>
       </c>
       <c r="E40" s="6">
         <v>20265</v>
       </c>
       <c r="F40" s="6"/>
-      <c r="G40" s="7">
-[...13 lines deleted...]
-      </c>
+      <c r="G40" s="7"/>
+      <c r="H40" s="7"/>
+      <c r="I40" s="7"/>
+      <c r="J40" s="7"/>
+      <c r="K40" s="7"/>
       <c r="L40" s="11"/>
-      <c r="M40" s="11"/>
-[...3 lines deleted...]
-      <c r="Q40" s="7"/>
+      <c r="M40" s="55"/>
+      <c r="N40" s="55"/>
+      <c r="O40" s="55"/>
+      <c r="P40" s="55"/>
+      <c r="Q40" s="53"/>
       <c r="R40" s="11"/>
       <c r="S40" s="11"/>
       <c r="T40" s="11"/>
       <c r="U40" s="11"/>
       <c r="V40" s="11"/>
       <c r="W40" s="11"/>
       <c r="X40" s="11"/>
       <c r="Y40" s="7"/>
       <c r="Z40" s="11"/>
       <c r="AA40" s="11"/>
       <c r="AB40" s="11"/>
       <c r="AC40" s="7">
         <v>20428</v>
       </c>
       <c r="AD40" s="7">
         <v>20428</v>
       </c>
       <c r="AE40" s="7"/>
       <c r="AF40" s="24"/>
       <c r="AG40" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="41" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A41" s="15" t="s">
@@ -28530,517 +28450,421 @@
       <c r="Z41" s="9"/>
       <c r="AA41" s="9"/>
       <c r="AB41" s="9"/>
       <c r="AC41" s="9"/>
       <c r="AD41" s="9"/>
       <c r="AE41" s="9"/>
       <c r="AF41" s="10"/>
       <c r="AG41" s="21" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="42" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A42" s="36" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="39">
         <v>18743</v>
       </c>
       <c r="C42" s="40">
         <v>18743</v>
       </c>
       <c r="D42" s="40">
         <v>18743</v>
       </c>
       <c r="E42" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F42" s="7"/>
+      <c r="G42" s="7"/>
+      <c r="H42" s="7"/>
+      <c r="I42" s="7"/>
+      <c r="J42" s="7"/>
+      <c r="K42" s="7"/>
       <c r="L42" s="7"/>
-      <c r="M42" s="7"/>
-[...3 lines deleted...]
-      <c r="Q42" s="7"/>
+      <c r="M42" s="49"/>
+      <c r="N42" s="49"/>
+      <c r="O42" s="49"/>
+      <c r="P42" s="49"/>
+      <c r="Q42" s="49"/>
       <c r="R42" s="7"/>
       <c r="S42" s="7"/>
       <c r="T42" s="7"/>
       <c r="U42" s="7"/>
       <c r="V42" s="7"/>
       <c r="W42" s="7"/>
       <c r="X42" s="7"/>
       <c r="Y42" s="7"/>
       <c r="Z42" s="7"/>
       <c r="AA42" s="6"/>
       <c r="AB42" s="6"/>
       <c r="AC42" s="7">
         <v>20428</v>
       </c>
       <c r="AD42" s="7">
         <v>20428</v>
       </c>
       <c r="AE42" s="7"/>
       <c r="AF42" s="24"/>
       <c r="AG42" s="33" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="43" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A43" s="37" t="s">
         <v>2</v>
       </c>
       <c r="B43" s="39">
         <v>18743</v>
       </c>
       <c r="C43" s="7">
         <v>18743</v>
       </c>
       <c r="D43" s="7">
         <v>18743</v>
       </c>
       <c r="E43" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F43" s="7"/>
+      <c r="G43" s="7"/>
+      <c r="H43" s="7"/>
+      <c r="I43" s="7"/>
+      <c r="J43" s="7"/>
+      <c r="K43" s="7"/>
       <c r="L43" s="6"/>
-      <c r="M43" s="6"/>
-[...3 lines deleted...]
-      <c r="Q43" s="6"/>
+      <c r="M43" s="60"/>
+      <c r="N43" s="60"/>
+      <c r="O43" s="60"/>
+      <c r="P43" s="60"/>
+      <c r="Q43" s="60"/>
       <c r="R43" s="6"/>
       <c r="S43" s="6"/>
       <c r="T43" s="6"/>
       <c r="U43" s="6"/>
       <c r="V43" s="6"/>
       <c r="W43" s="6"/>
       <c r="X43" s="6"/>
       <c r="Y43" s="6"/>
       <c r="Z43" s="6"/>
       <c r="AA43" s="6"/>
       <c r="AB43" s="6"/>
       <c r="AC43" s="7">
         <v>20428</v>
       </c>
       <c r="AD43" s="7">
         <v>20428</v>
       </c>
       <c r="AE43" s="7"/>
       <c r="AF43" s="24"/>
       <c r="AG43" s="34" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A44" s="37" t="s">
         <v>3</v>
       </c>
       <c r="B44" s="39">
         <v>18743</v>
       </c>
       <c r="C44" s="7">
         <v>18743</v>
       </c>
       <c r="D44" s="7">
         <v>18743</v>
       </c>
       <c r="E44" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F44" s="7"/>
+      <c r="G44" s="7"/>
+      <c r="H44" s="7"/>
+      <c r="I44" s="7"/>
+      <c r="J44" s="7"/>
+      <c r="K44" s="7"/>
       <c r="L44" s="6"/>
-      <c r="M44" s="6"/>
-[...3 lines deleted...]
-      <c r="Q44" s="6"/>
+      <c r="M44" s="60"/>
+      <c r="N44" s="60"/>
+      <c r="O44" s="60"/>
+      <c r="P44" s="60"/>
+      <c r="Q44" s="60"/>
       <c r="R44" s="6"/>
       <c r="S44" s="6"/>
       <c r="T44" s="6"/>
       <c r="U44" s="6"/>
       <c r="V44" s="6"/>
       <c r="W44" s="6"/>
       <c r="X44" s="6"/>
       <c r="Y44" s="6"/>
       <c r="Z44" s="6"/>
       <c r="AA44" s="6"/>
       <c r="AB44" s="6"/>
       <c r="AC44" s="7">
         <v>20428</v>
       </c>
       <c r="AD44" s="7">
         <v>20428</v>
       </c>
       <c r="AE44" s="7"/>
       <c r="AF44" s="24"/>
       <c r="AG44" s="34" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="45" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A45" s="37" t="s">
         <v>4</v>
       </c>
       <c r="B45" s="39">
         <v>18743</v>
       </c>
       <c r="C45" s="7">
         <v>18743</v>
       </c>
       <c r="D45" s="7">
         <v>18743</v>
       </c>
       <c r="E45" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F45" s="7"/>
+      <c r="G45" s="7"/>
+      <c r="H45" s="7"/>
+      <c r="I45" s="7"/>
+      <c r="J45" s="7"/>
+      <c r="K45" s="7"/>
       <c r="L45" s="6"/>
-      <c r="M45" s="6"/>
-[...3 lines deleted...]
-      <c r="Q45" s="6"/>
+      <c r="M45" s="60"/>
+      <c r="N45" s="60"/>
+      <c r="O45" s="60"/>
+      <c r="P45" s="60"/>
+      <c r="Q45" s="60"/>
       <c r="R45" s="6"/>
       <c r="S45" s="6"/>
       <c r="T45" s="6"/>
       <c r="U45" s="6"/>
       <c r="V45" s="6"/>
       <c r="W45" s="6"/>
       <c r="X45" s="6"/>
       <c r="Y45" s="6"/>
       <c r="Z45" s="6"/>
       <c r="AA45" s="11"/>
       <c r="AB45" s="11"/>
       <c r="AC45" s="7">
         <v>20428</v>
       </c>
       <c r="AD45" s="7">
         <v>20428</v>
       </c>
       <c r="AE45" s="7"/>
       <c r="AF45" s="24"/>
       <c r="AG45" s="34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A46" s="37" t="s">
         <v>5</v>
       </c>
       <c r="B46" s="39">
         <v>18743</v>
       </c>
       <c r="C46" s="7">
         <v>18743</v>
       </c>
       <c r="D46" s="7">
         <v>18743</v>
       </c>
       <c r="E46" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="7"/>
+      <c r="I46" s="7"/>
+      <c r="J46" s="7"/>
+      <c r="K46" s="7"/>
       <c r="L46" s="6"/>
-      <c r="M46" s="6"/>
-[...3 lines deleted...]
-      <c r="Q46" s="6"/>
+      <c r="M46" s="60"/>
+      <c r="N46" s="60"/>
+      <c r="O46" s="60"/>
+      <c r="P46" s="60"/>
+      <c r="Q46" s="60"/>
       <c r="R46" s="6"/>
       <c r="S46" s="6"/>
       <c r="T46" s="6"/>
       <c r="U46" s="6"/>
       <c r="V46" s="6"/>
       <c r="W46" s="6"/>
       <c r="X46" s="6"/>
       <c r="Y46" s="6"/>
       <c r="Z46" s="6"/>
       <c r="AA46" s="6"/>
       <c r="AB46" s="6"/>
       <c r="AC46" s="7">
         <v>20428</v>
       </c>
       <c r="AD46" s="7">
         <v>20428</v>
       </c>
       <c r="AE46" s="7"/>
       <c r="AF46" s="24"/>
       <c r="AG46" s="34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A47" s="37" t="s">
         <v>6</v>
       </c>
       <c r="B47" s="39">
         <v>18743</v>
       </c>
       <c r="C47" s="7">
         <v>18743</v>
       </c>
       <c r="D47" s="7">
         <v>18743</v>
       </c>
       <c r="E47" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F47" s="7"/>
+      <c r="G47" s="7"/>
+      <c r="H47" s="7"/>
+      <c r="I47" s="7"/>
+      <c r="J47" s="7"/>
+      <c r="K47" s="7"/>
       <c r="L47" s="6"/>
-      <c r="M47" s="6"/>
-[...3 lines deleted...]
-      <c r="Q47" s="6"/>
+      <c r="M47" s="60"/>
+      <c r="N47" s="60"/>
+      <c r="O47" s="60"/>
+      <c r="P47" s="60"/>
+      <c r="Q47" s="60"/>
       <c r="R47" s="6"/>
       <c r="S47" s="6"/>
       <c r="T47" s="6"/>
       <c r="U47" s="6"/>
       <c r="V47" s="6"/>
       <c r="W47" s="6"/>
       <c r="X47" s="6"/>
       <c r="Y47" s="6"/>
       <c r="Z47" s="6"/>
       <c r="AA47" s="6"/>
       <c r="AB47" s="6"/>
       <c r="AC47" s="7">
         <v>20428</v>
       </c>
       <c r="AD47" s="7">
         <v>20428</v>
       </c>
       <c r="AE47" s="7"/>
       <c r="AF47" s="24"/>
       <c r="AG47" s="34" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="48" spans="1:33" x14ac:dyDescent="0.4">
       <c r="A48" s="37" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="39">
         <v>18743</v>
       </c>
       <c r="C48" s="7">
         <v>18743</v>
       </c>
       <c r="D48" s="7">
         <v>18743</v>
       </c>
       <c r="E48" s="7">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+      <c r="I48" s="7"/>
+      <c r="J48" s="7"/>
+      <c r="K48" s="7"/>
       <c r="L48" s="6"/>
-      <c r="M48" s="6"/>
-[...3 lines deleted...]
-      <c r="Q48" s="6"/>
+      <c r="M48" s="60"/>
+      <c r="N48" s="60"/>
+      <c r="O48" s="60"/>
+      <c r="P48" s="60"/>
+      <c r="Q48" s="60"/>
       <c r="R48" s="6"/>
       <c r="S48" s="6"/>
       <c r="T48" s="6"/>
       <c r="U48" s="6"/>
       <c r="V48" s="6"/>
       <c r="W48" s="6"/>
       <c r="X48" s="6"/>
       <c r="Y48" s="6"/>
       <c r="Z48" s="6"/>
       <c r="AA48" s="6"/>
       <c r="AB48" s="6"/>
       <c r="AC48" s="7">
         <v>20428</v>
       </c>
       <c r="AD48" s="7">
         <v>20428</v>
       </c>
       <c r="AE48" s="7"/>
       <c r="AF48" s="24"/>
       <c r="AG48" s="34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A49" s="30" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="43">
         <v>18743</v>
       </c>
       <c r="C49" s="44">
         <v>18743</v>
       </c>
       <c r="D49" s="44">
         <v>18743</v>
       </c>
       <c r="E49" s="44">
-        <v>18958</v>
-[...18 lines deleted...]
-      </c>
+        <v>20265</v>
+      </c>
+      <c r="F49" s="44"/>
+      <c r="G49" s="44"/>
+      <c r="H49" s="44"/>
+      <c r="I49" s="44"/>
+      <c r="J49" s="44"/>
+      <c r="K49" s="44"/>
       <c r="L49" s="44"/>
-      <c r="M49" s="44"/>
-[...3 lines deleted...]
-      <c r="Q49" s="44"/>
+      <c r="M49" s="55"/>
+      <c r="N49" s="55"/>
+      <c r="O49" s="55"/>
+      <c r="P49" s="55"/>
+      <c r="Q49" s="55"/>
       <c r="R49" s="44"/>
       <c r="S49" s="44"/>
       <c r="T49" s="44"/>
       <c r="U49" s="44"/>
       <c r="V49" s="44"/>
       <c r="W49" s="44"/>
       <c r="X49" s="44"/>
       <c r="Y49" s="44"/>
       <c r="Z49" s="44"/>
       <c r="AA49" s="44"/>
       <c r="AB49" s="44"/>
       <c r="AC49" s="44">
         <v>20428</v>
       </c>
       <c r="AD49" s="44">
         <v>20428</v>
       </c>
       <c r="AE49" s="44"/>
       <c r="AF49" s="45"/>
       <c r="AG49" s="29" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
@@ -29055,51 +28879,51 @@
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98B304C7-4754-4D45-8448-6787866F7AE0}">
   <dimension ref="A2:AG49"/>
   <sheetViews>
     <sheetView topLeftCell="A23" workbookViewId="0">
       <selection activeCell="W50" sqref="W50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="10.125" customWidth="1"/>
     <col min="2" max="32" width="6.5" customWidth="1"/>
     <col min="33" max="33" width="10.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:33" x14ac:dyDescent="0.4">
-      <c r="A3" s="48" t="s">
+      <c r="A3" s="61" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="16">
         <v>1</v>
       </c>
       <c r="C3" s="4">
         <v>2</v>
       </c>
       <c r="D3" s="4">
         <v>3</v>
       </c>
       <c r="E3" s="4">
         <v>4</v>
       </c>
       <c r="F3" s="4">
         <v>5</v>
       </c>
       <c r="G3" s="4">
         <v>6</v>
       </c>
       <c r="H3" s="4">
         <v>7</v>
       </c>
       <c r="I3" s="4">
         <v>8</v>
@@ -29151,56 +28975,56 @@
       </c>
       <c r="Y3" s="4">
         <v>24</v>
       </c>
       <c r="Z3" s="4">
         <v>25</v>
       </c>
       <c r="AA3" s="4">
         <v>26</v>
       </c>
       <c r="AB3" s="4">
         <v>27</v>
       </c>
       <c r="AC3" s="4">
         <v>28</v>
       </c>
       <c r="AD3" s="4">
         <v>29</v>
       </c>
       <c r="AE3" s="31">
         <v>30</v>
       </c>
       <c r="AF3" s="22">
         <v>31</v>
       </c>
-      <c r="AG3" s="50" t="s">
+      <c r="AG3" s="63" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="A4" s="49"/>
+      <c r="A4" s="62"/>
       <c r="B4" s="28" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="H4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="5" t="s">
@@ -29250,51 +29074,51 @@
       </c>
       <c r="Y4" s="5" t="s">
         <v>19</v>
       </c>
       <c r="Z4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="AA4" s="5" t="s">
         <v>21</v>
       </c>
       <c r="AB4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="AC4" s="5" t="s">
         <v>23</v>
       </c>
       <c r="AD4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="AE4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="AF4" s="23" t="s">
         <v>19</v>
       </c>
-      <c r="AG4" s="51"/>
+      <c r="AG4" s="64"/>
     </row>
     <row r="5" spans="1:33" ht="19.5" thickBot="1" x14ac:dyDescent="0.45">
       <c r="A5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="B5" s="8"/>
       <c r="C5" s="9"/>
       <c r="D5" s="9"/>
       <c r="E5" s="9"/>
       <c r="F5" s="9"/>
       <c r="G5" s="9"/>
       <c r="H5" s="9"/>
       <c r="I5" s="9"/>
       <c r="J5" s="9"/>
       <c r="K5" s="9"/>
       <c r="L5" s="9"/>
       <c r="M5" s="9"/>
       <c r="N5" s="9"/>
       <c r="O5" s="9"/>
       <c r="P5" s="9"/>
       <c r="Q5" s="9"/>
       <c r="R5" s="9"/>
       <c r="S5" s="9"/>
       <c r="T5" s="9"/>
       <c r="U5" s="9"/>