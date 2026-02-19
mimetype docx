--- v0 (2025-12-31)
+++ v1 (2026-02-19)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4C7495B5" w14:textId="73ECA921" w:rsidR="00A93D28" w:rsidRPr="00DA3D74" w:rsidRDefault="0080521E" w:rsidP="00A93D28">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>令和</w:t>
       </w:r>
       <w:r w:rsidR="00A93D28" w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　年　　月　　日</w:t>
@@ -190,219 +190,234 @@
     <w:p w14:paraId="0EEDD75D" w14:textId="77777777" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="00390A54" w:rsidP="00876AF3">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="556BB5B8" w14:textId="77777777" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="00390A54" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>国立大学法人大阪大学</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="202730C2" w14:textId="24A9379E" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="00390A54" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>利益相反委員長</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>殿</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B2993CC" w14:textId="088E094C" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="00390A54" w:rsidP="001801EF">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7517B054" w14:textId="014984E4" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="00390A54" w:rsidP="00876AF3">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28D481B3" w14:textId="232C41FF" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="009402DD" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:leftChars="2092" w:left="4393"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>所属機関</w:t>
       </w:r>
       <w:r w:rsidR="00390A54" w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>住所</w:t>
       </w:r>
       <w:r w:rsidR="00876AF3">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B807B2D" w14:textId="677C35E3" w:rsidR="009402DD" w:rsidRPr="00DA3D74" w:rsidRDefault="009402DD" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:leftChars="2092" w:left="4393"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>所属機関名</w:t>
       </w:r>
       <w:r w:rsidR="00876AF3">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0274AC" w14:textId="254BC974" w:rsidR="00390A54" w:rsidRPr="00DA3D74" w:rsidRDefault="009402DD" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:leftChars="2092" w:left="4393"/>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
+          <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>所属機関長名</w:t>
       </w:r>
       <w:r w:rsidR="00876AF3">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
@@ -555,286 +570,309 @@
     <w:p w14:paraId="173ADB80" w14:textId="77777777" w:rsidR="00826FB3" w:rsidRPr="00876AF3" w:rsidRDefault="00826FB3" w:rsidP="00876AF3">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="480368F5" w14:textId="77777777" w:rsidR="00826FB3" w:rsidRPr="00DA3D74" w:rsidRDefault="00826FB3" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="000890DE" w14:textId="77777777" w:rsidR="009402DD" w:rsidRPr="00DA3D74" w:rsidRDefault="009402DD" w:rsidP="001801EF">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63AA3AC9" w14:textId="53A205D3" w:rsidR="00E32FF0" w:rsidRPr="00F15976" w:rsidRDefault="00E32FF0" w:rsidP="00E32FF0">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F15976">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>委任理由：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149E1C52" w14:textId="3B138E3F" w:rsidR="00826FB3" w:rsidRPr="00DA3D74" w:rsidRDefault="00826FB3" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分担</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>所属：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10B13B1A" w14:textId="30906068" w:rsidR="00826FB3" w:rsidRPr="00DA3D74" w:rsidRDefault="00826FB3" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分担</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>職名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A350898" w14:textId="2080C6CC" w:rsidR="00826FB3" w:rsidRDefault="00826FB3" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分担</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>等氏</w:t>
       </w:r>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3817C89E" w14:textId="32CFD19A" w:rsidR="00C4468C" w:rsidRPr="00250166" w:rsidRDefault="00151EF5" w:rsidP="00151EF5">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250166">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>機関における利益相反管理</w:t>
       </w:r>
@@ -1046,83 +1084,87 @@
     <w:p w14:paraId="115150EF" w14:textId="77777777" w:rsidR="0040723B" w:rsidRPr="001F314E" w:rsidRDefault="0040723B" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55DEBA43" w14:textId="77777777" w:rsidR="00F15976" w:rsidRPr="00DA3D74" w:rsidRDefault="00F15976" w:rsidP="00F15976">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究事業名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C9C74E7" w14:textId="77777777" w:rsidR="00F15976" w:rsidRPr="00DA3D74" w:rsidRDefault="00F15976" w:rsidP="00F15976">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究課題名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="793DB694" w14:textId="25ED1A14" w:rsidR="00F15976" w:rsidRDefault="00F15976" w:rsidP="00F15976">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1156,93 +1198,101 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>事務担当者（所属・氏名）：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29F0FE8C" w14:textId="273C764F" w:rsidR="001801EF" w:rsidRPr="00DA3D74" w:rsidRDefault="001801EF" w:rsidP="00F15976">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>事務担当者連絡先：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F9244D9" w14:textId="10847DFD" w:rsidR="00280A13" w:rsidRDefault="00280A13" w:rsidP="00390A54">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C50DAA6" w14:textId="03B1ECDB" w:rsidR="00AE2A5C" w:rsidRDefault="00390A54" w:rsidP="008A39AC">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>以上</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BD83292" w14:textId="288289A5" w:rsidR="008A39AC" w:rsidRDefault="000E1199" w:rsidP="008449A8">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61EA5145" wp14:editId="13799FF3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1014730</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>23495</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3248025" cy="657225"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="238125"/>
@@ -1725,191 +1775,204 @@
                       <w:r w:rsidR="00581F86">
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>（公印不要）</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="78035B09" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>国立大学法人大阪大学</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C8506C" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="Arial" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>利益相反委員長</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>殿</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C51E1B6" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="1600" w:firstLine="3520"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C4D10A8" w14:textId="7F4839E9" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:leftChars="2092" w:left="4393"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>所属機関</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>住所</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6384DB84" w14:textId="0852EFFF" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:leftChars="2092" w:left="4393"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>所属機関名</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AE632BD" w14:textId="12B8DA00" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="00266B2C" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:leftChars="2092" w:left="4393"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="460FDCB0" wp14:editId="6A39D3B9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>339090</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>175260</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2190750" cy="276225"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="276225"/>
                 <wp:wrapNone/>
@@ -1978,99 +2041,102 @@
               <v:shape w14:anchorId="460FDCB0" id="AutoShape 8" o:spid="_x0000_s1028" type="#_x0000_t61" style="position:absolute;left:0;text-align:left;margin-left:26.7pt;margin-top:13.8pt;width:172.5pt;height:21.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBsSoB/QAIAAIIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/01y03TbRpqtVl0VI&#10;y0UsfMDUdhKDb9hu0/L1TNy0dEHiAZEHa8Zjn5k5x5Ob271WZCd8kNY0tJjllAjDLJema+iXzw+v&#10;lpSECIaDskY09CACvV29fHEzuFqUtreKC08QxIR6cA3tY3R1lgXWCw1hZp0wGGyt1xDR9V3GPQyI&#10;rlVW5vl1NljPnbdMhIC798cgXSX8thUsfmjbICJRDcXaYlp9Wjfjmq1uoO48uF6yqQz4hyo0SINJ&#10;z1D3EIFsvfwDSkvmbbBtnDGrM9u2konUA3ZT5L9189SDE6kXJCe4M03h/8Gy97sn99GPpQf3aNm3&#10;QIxd92A6cee9HXoBHNMVI1HZ4EJ9vjA6Aa+SzfDOcpQWttEmDvat1yMgdkf2ierDmWqxj4ThZllU&#10;+WKOijCMlYvrspynFFCfbjsf4hthNRmNhg6Cd+IT6rkGpew2pkywewwx0c6JAT0Wwb8WlLRaoYo7&#10;UGQxX0waX5woL08UZZVfVVPyCTCD+pQ+MWOV5A9SqeT4brNWniB6Qx/wq06Xw+UxZcjQ0GqOff0d&#10;Ik/flP8ZhJYRZ0NJ3dDl+RDUoySvDU8vN4JURxtLVmbSaJRlnIBQx/1mTyRHiscE487G8gOK5u1x&#10;FHB00eit/0HJgGPQ0PB9C15Qot4aFH5xVVZznJvkLJcVKuYvA5uLABiGQA2NlBzNdTxO2tZ52fWY&#10;p0hcGHuHT6WV8fSmjjVNxeNDR+vZJF366dSvX8fqJwAAAP//AwBQSwMEFAAGAAgAAAAhAMqY+r3f&#10;AAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyokwbaErKpUAWCQw80FHF1&#10;kyUJxHZku435e5YTHGdnNPO2WEc9iBM531uDkM4SEGRq2/SmRdi/Pl6tQPigTKMGawjhmzysy/Oz&#10;QuWNncyOTlVoBZcYnyuELoQxl9LXHWnlZ3Ykw96HdVoFlq6VjVMTl+tBzpNkIbXqDS90aqRNR/VX&#10;ddQI2yjrKj4/Pfgp7F7e3P79cxMzxMuLeH8HIlAMf2H4xWd0KJnpYI+m8WJAuMmuOYkwXy5AsJ/d&#10;rvhwQFimKciykP8fKH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbEqAf0ACAACCBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAypj6vd8AAAAI&#10;AQAADwAAAAAAAAAAAAAAAACaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" adj="10964,38675" fillcolor="#ff9">
                 <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt">
                   <w:txbxContent>
                     <w:p w14:paraId="1904C6C6" w14:textId="7A18C6D3" w:rsidR="00266B2C" w:rsidRDefault="00266B2C" w:rsidP="00266B2C">
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>該当する年度をご記入ください。</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008A39AC" w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">所属機関長名　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidR="008A39AC" w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t xml:space="preserve">　　</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C356A0E" w14:textId="4614EC93" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="58327C6B" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="00AB222A" w:rsidP="008A39AC">
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58327C6B" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="00611AB9" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="08C8C1B3">
-          <v:rect id="_x0000_i1027" style="width:4.25pt;height:1.5pt" o:hrpct="10" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" stroked="f">
+          <v:rect id="_x0000_i1025" style="width:4.25pt;height:1.5pt" o:hrpct="10" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" stroked="f">
             <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w14:paraId="23DBECEA" w14:textId="0F46CBB5" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2151,50 +2217,51 @@
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06993A6F" w14:textId="5FB765AD" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="00151EF5" w:rsidP="00D432CA">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DF9917E" wp14:editId="22394961">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1443990</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>165735</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4676775" cy="466725"/>
                 <wp:effectExtent l="609600" t="0" r="28575" b="28575"/>
                 <wp:wrapNone/>
@@ -2319,103 +2386,108 @@
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
                           <w:kern w:val="0"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>）</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="008A39AC" w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>記</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6355BE" w14:textId="06DCCD2A" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60DD344F" w14:textId="511C3AEF" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>委任理由：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212CB62F" w14:textId="2035C20E" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7ECB9458" wp14:editId="239DAA50">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1958340</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>144780</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2343150" cy="485775"/>
                 <wp:effectExtent l="476250" t="0" r="19050" b="28575"/>
                 <wp:wrapNone/>
@@ -2508,218 +2580,235 @@
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>等</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>の所属、役職、氏名をご記入ください。</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分担</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>所属：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B55E9BD" w14:textId="3FE311E9" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分担</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>等</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>職名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F4C822" w14:textId="23949AF2" w:rsidR="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>分担</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>者</w:t>
       </w:r>
       <w:r w:rsidR="00E46B87">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>等氏</w:t>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1322FE58" w14:textId="69A8E1FA" w:rsidR="00141127" w:rsidRPr="00250166" w:rsidRDefault="00141127" w:rsidP="00141127">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00250166">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>機関における利益相反管理規定の有無（いずれかに〇、無の場合は理由記載）：</w:t>
       </w:r>
@@ -2801,50 +2890,51 @@
     <w:p w14:paraId="7EAE9D56" w14:textId="6428AE74" w:rsidR="008A39AC" w:rsidRPr="00141127" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BD6D60B" w14:textId="35862716" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C4813F1" wp14:editId="5FBD14B9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1653540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>15240</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2876550" cy="495935"/>
                 <wp:effectExtent l="609600" t="0" r="19050" b="18415"/>
                 <wp:wrapNone/>
@@ -2955,74 +3045,77 @@
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>研究費</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:hint="eastAsia"/>
                         </w:rPr>
                         <w:t>に関する情報をご記入ください。</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究事業名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BDE29C1" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>研究課題名：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24F4AF13" w14:textId="0CCFC55E" w:rsidR="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A39AC">
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3289,218 +3382,227 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>事務担当者（所属・氏名）：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3319A32C" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="00DA3D74" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>事務担当者連絡先：</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7995B0D6" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EAE0A7C" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="001801EF" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75D523EA" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:rPr>
+          <w:lang w:eastAsia="zh-TW"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA3D74">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
         <w:t>以上</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41046D85" w14:textId="77777777" w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidRDefault="008A39AC" w:rsidP="008A39AC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="zh-TW"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008A39AC" w:rsidRPr="008A39AC" w:rsidSect="00250166">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1558" w:bottom="1418" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="342"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5EAD5D5F" w14:textId="77777777" w:rsidR="00D9366E" w:rsidRDefault="00D9366E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="329173A0" w14:textId="77777777" w:rsidR="00D9366E" w:rsidRDefault="00D9366E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ ゴシック">
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="59066B3B" w14:textId="77777777" w:rsidR="00D9366E" w:rsidRDefault="00D9366E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="224D5ED8" w14:textId="77777777" w:rsidR="00D9366E" w:rsidRDefault="00D9366E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="171"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2053">
+    <o:shapedefaults v:ext="edit" spidmax="2051">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -3523,144 +3625,146 @@
     <w:rsid w:val="00280A13"/>
     <w:rsid w:val="00296FCF"/>
     <w:rsid w:val="002D5481"/>
     <w:rsid w:val="002E0DA6"/>
     <w:rsid w:val="002F0973"/>
     <w:rsid w:val="00315B76"/>
     <w:rsid w:val="00323A6A"/>
     <w:rsid w:val="00344C72"/>
     <w:rsid w:val="00363EB8"/>
     <w:rsid w:val="00390A54"/>
     <w:rsid w:val="0039579F"/>
     <w:rsid w:val="003B6CDD"/>
     <w:rsid w:val="00406534"/>
     <w:rsid w:val="0040723B"/>
     <w:rsid w:val="00432D9D"/>
     <w:rsid w:val="0045746C"/>
     <w:rsid w:val="00473695"/>
     <w:rsid w:val="004C7089"/>
     <w:rsid w:val="004D6AE6"/>
     <w:rsid w:val="004D782C"/>
     <w:rsid w:val="00577078"/>
     <w:rsid w:val="00581F86"/>
     <w:rsid w:val="00596B24"/>
     <w:rsid w:val="005A2D43"/>
     <w:rsid w:val="005B44A3"/>
+    <w:rsid w:val="00611AB9"/>
     <w:rsid w:val="006565F6"/>
     <w:rsid w:val="006676A3"/>
     <w:rsid w:val="00695553"/>
     <w:rsid w:val="006B4953"/>
     <w:rsid w:val="006D0E37"/>
     <w:rsid w:val="006F527C"/>
     <w:rsid w:val="006F6B3A"/>
     <w:rsid w:val="00703403"/>
     <w:rsid w:val="0071454F"/>
     <w:rsid w:val="007261C3"/>
     <w:rsid w:val="007330F3"/>
     <w:rsid w:val="0074743F"/>
     <w:rsid w:val="00775129"/>
     <w:rsid w:val="007B0BE5"/>
     <w:rsid w:val="007F3809"/>
     <w:rsid w:val="0080521E"/>
     <w:rsid w:val="00822EA3"/>
     <w:rsid w:val="00826FB3"/>
     <w:rsid w:val="008449A8"/>
     <w:rsid w:val="0085608B"/>
     <w:rsid w:val="0085782A"/>
     <w:rsid w:val="00876AF3"/>
     <w:rsid w:val="00883DF1"/>
     <w:rsid w:val="00890CE3"/>
     <w:rsid w:val="008A39AC"/>
     <w:rsid w:val="008A79B0"/>
     <w:rsid w:val="00901C7C"/>
     <w:rsid w:val="009402DD"/>
     <w:rsid w:val="00951ECF"/>
     <w:rsid w:val="009F4C0D"/>
     <w:rsid w:val="00A44F4D"/>
     <w:rsid w:val="00A51AFC"/>
     <w:rsid w:val="00A93D28"/>
     <w:rsid w:val="00A9738D"/>
+    <w:rsid w:val="00AC51AF"/>
     <w:rsid w:val="00AE2A5C"/>
     <w:rsid w:val="00B148B9"/>
     <w:rsid w:val="00B312C6"/>
     <w:rsid w:val="00B617B5"/>
     <w:rsid w:val="00B67391"/>
     <w:rsid w:val="00BB7765"/>
     <w:rsid w:val="00BF147C"/>
     <w:rsid w:val="00C16F64"/>
     <w:rsid w:val="00C360C8"/>
     <w:rsid w:val="00C4468C"/>
     <w:rsid w:val="00C46819"/>
     <w:rsid w:val="00C47635"/>
     <w:rsid w:val="00C5489A"/>
     <w:rsid w:val="00D2213A"/>
     <w:rsid w:val="00D432CA"/>
     <w:rsid w:val="00D9366E"/>
     <w:rsid w:val="00DA3D74"/>
     <w:rsid w:val="00DB76B3"/>
     <w:rsid w:val="00E32FF0"/>
     <w:rsid w:val="00E46B87"/>
     <w:rsid w:val="00EF70AD"/>
     <w:rsid w:val="00F15976"/>
     <w:rsid w:val="00F36009"/>
     <w:rsid w:val="00F419A6"/>
     <w:rsid w:val="00F464C9"/>
     <w:rsid w:val="00F8749E"/>
     <w:rsid w:val="00FA18E2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2053">
+    <o:shapedefaults v:ext="edit" spidmax="2051">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="056394CA"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4223,51 +4327,51 @@
     <w:basedOn w:val="a0"/>
     <w:link w:val="ab"/>
     <w:rsid w:val="008A39AC"/>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ 明朝" w:hAnsi="ＭＳ 明朝" w:cs="ＭＳ Ｐゴシック"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00266B2C"/>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="497574493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="15"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="606039722">
           <w:marLeft w:val="450"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="120"/>
           <w:marBottom w:val="210"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="23" w:color="C0C0C0"/>
             <w:left w:val="single" w:sz="6" w:space="26" w:color="C0C0C0"/>
             <w:bottom w:val="single" w:sz="12" w:space="23" w:color="C0C0C0"/>
             <w:right w:val="single" w:sz="12" w:space="25" w:color="C0C0C0"/>
           </w:divBdr>
@@ -4649,66 +4753,66 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>766</Words>
-  <Characters>156</Characters>
+  <Characters>778</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>78</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>921</CharactersWithSpaces>
+  <CharactersWithSpaces>839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>