--- v0 (2025-12-31)
+++ v1 (2026-02-17)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3FF350FF" w14:textId="77777777" w:rsidR="00A93D28" w:rsidRPr="00E349F3" w:rsidRDefault="00E349F3" w:rsidP="00E349F3">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:wordWrap w:val="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E349F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
@@ -106,75 +106,75 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="089CFBC3" w14:textId="77777777" w:rsidR="00A93D28" w:rsidRPr="00E349F3" w:rsidRDefault="005A4961" w:rsidP="00A93D28">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Authorization </w:t>
+        <w:t xml:space="preserve">Authorization in Regard to </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>in Regard to</w:t>
+        <w:t>Conflict of Interest</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Conflict of Interest Management in </w:t>
+        <w:t xml:space="preserve"> Management in </w:t>
       </w:r>
       <w:r w:rsidR="00E349F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MHLW Science Grant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -230,93 +230,117 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="646C00E2" w14:textId="77777777" w:rsidR="00B207CA" w:rsidRDefault="006F3451" w:rsidP="00B207CA">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To: The Chairperson, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E6AD29E" w14:textId="77777777" w:rsidR="00390A54" w:rsidRPr="00E349F3" w:rsidRDefault="006F3451" w:rsidP="00B207CA">
+    <w:p w14:paraId="1E6AD29E" w14:textId="447087EC" w:rsidR="00390A54" w:rsidRPr="00E349F3" w:rsidRDefault="006F3451" w:rsidP="00B207CA">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="150" w:firstLine="330"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conflict of Interest Committee,</w:t>
       </w:r>
       <w:r w:rsidR="00B207CA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A4961">
-[...8 lines deleted...]
-      </w:r>
+      <w:ins w:id="0" w:author="作成者">
+        <w:r w:rsidR="00DB7DB6" w:rsidRPr="00DB7DB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>The University of Osaka</w:t>
+        </w:r>
+        <w:r w:rsidR="00DB7DB6" w:rsidRPr="00DB7DB6" w:rsidDel="00DB7DB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+            <w:color w:val="000000"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:del w:id="1" w:author="作成者">
+        <w:r w:rsidR="005A4961" w:rsidDel="00DB7DB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
+            <w:color w:val="000000"/>
+            <w:kern w:val="0"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:delText>Osaka University</w:delText>
+        </w:r>
+      </w:del>
     </w:p>
     <w:p w14:paraId="031EBC30" w14:textId="77777777" w:rsidR="00390A54" w:rsidRPr="00E349F3" w:rsidRDefault="00390A54" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="1600" w:firstLine="3520"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BB9A37E" w14:textId="77777777" w:rsidR="00390A54" w:rsidRPr="00E349F3" w:rsidRDefault="00390A54" w:rsidP="00106AB8">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -414,78 +438,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>f body affiliated to:</w:t>
       </w:r>
       <w:r w:rsidR="00390A54" w:rsidRPr="00E349F3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　　　　　　　</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1036A14D" w14:textId="480E5110" w:rsidR="00A93D28" w:rsidRPr="00E349F3" w:rsidRDefault="00106AB8" w:rsidP="00DA3D74">
+    <w:p w14:paraId="1036A14D" w14:textId="480E5110" w:rsidR="00A93D28" w:rsidRPr="00E349F3" w:rsidRDefault="00141E9E" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="203A310B">
           <v:rect id="_x0000_i1025" style="width:4.25pt;height:1.5pt" o:hrpct="10" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" stroked="f">
             <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
           </v:rect>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AD6D2E1" w14:textId="77777777" w:rsidR="00A93D28" w:rsidRPr="00E349F3" w:rsidRDefault="00106AB8" w:rsidP="00DA3D74">
+    <w:p w14:paraId="1AD6D2E1" w14:textId="77777777" w:rsidR="00A93D28" w:rsidRPr="00E349F3" w:rsidRDefault="00141E9E" w:rsidP="00DA3D74">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:pict w14:anchorId="73782FAF">
           <v:rect id="_x0000_i1026" style="width:4.25pt;height:1.5pt" o:hrpct="10" o:hralign="center" o:hrstd="t" o:hrnoshade="t" o:hr="t" stroked="f">
             <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
           </v:rect>
         </w:pict>
       </w:r>
@@ -651,81 +675,73 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>delegate the receipt and confirmation of the Conflict of Interest Management Self-Report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="388BB086" w14:textId="77777777" w:rsidR="006F6B3A" w:rsidRPr="00A76362" w:rsidRDefault="00A76362" w:rsidP="006F6B3A">
       <w:pPr>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLineChars="100" w:firstLine="220"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Furthermore, in cases where further management is required </w:t>
+        <w:t xml:space="preserve">Furthermore, in cases where further management is required on the basis of the contents of the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...3 lines deleted...]
-        <w:t>on the basis of</w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conflict of Interest</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:kern w:val="0"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Conflict of Interest Management Self-Report, </w:t>
+          <w:color w:val="000000"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Management Self-Report, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">such </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>management shall be undertaken under our organization</w:t>
       </w:r>
       <w:r w:rsidR="006F3451">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1508,70 +1524,70 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="eastAsia"/>
           <w:kern w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>END</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00AE2A5C" w:rsidRPr="00E349F3" w:rsidSect="00106AB8">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="1701" w:bottom="567" w:left="1701" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="342"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3E225BFD" w14:textId="77777777" w:rsidR="006E16E4" w:rsidRDefault="006E16E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="10D75FE0" w14:textId="77777777" w:rsidR="006E16E4" w:rsidRDefault="006E16E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century">
     <w:panose1 w:val="02040604050505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
@@ -1590,70 +1606,70 @@
     <w:altName w:val="MS Gothic"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游ゴシック Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="游明朝">
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5766BBE7" w14:textId="77777777" w:rsidR="006E16E4" w:rsidRDefault="006E16E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0498E8D7" w14:textId="77777777" w:rsidR="006E16E4" w:rsidRDefault="006E16E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02C97A53"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BC28CA74"/>
     <w:lvl w:ilvl="0" w:tplc="E8B27854">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="580" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090017" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="aiueoFullWidth"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1100" w:hanging="440"/>
       </w:pPr>
     </w:lvl>
@@ -1822,111 +1838,114 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1124615434">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1800949651">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridHorizontalSpacing w:val="105"/>
   <w:drawingGridVerticalSpacing w:val="171"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A93D28"/>
     <w:rsid w:val="00020896"/>
     <w:rsid w:val="00072477"/>
     <w:rsid w:val="00082ABF"/>
     <w:rsid w:val="000C7B1E"/>
     <w:rsid w:val="000E30A3"/>
     <w:rsid w:val="00106AB8"/>
     <w:rsid w:val="00111C99"/>
     <w:rsid w:val="00122BC3"/>
+    <w:rsid w:val="00141E9E"/>
     <w:rsid w:val="00147D99"/>
     <w:rsid w:val="0016692C"/>
     <w:rsid w:val="001B5FEE"/>
     <w:rsid w:val="001D050F"/>
     <w:rsid w:val="00221426"/>
     <w:rsid w:val="00260CA0"/>
     <w:rsid w:val="00285A14"/>
     <w:rsid w:val="00296FCF"/>
     <w:rsid w:val="002D5481"/>
+    <w:rsid w:val="002E7572"/>
     <w:rsid w:val="002F0973"/>
     <w:rsid w:val="00306955"/>
     <w:rsid w:val="003231FA"/>
     <w:rsid w:val="00341859"/>
     <w:rsid w:val="00344C72"/>
     <w:rsid w:val="003831D2"/>
     <w:rsid w:val="00390A54"/>
     <w:rsid w:val="0039579F"/>
     <w:rsid w:val="003C73F5"/>
     <w:rsid w:val="004C7089"/>
     <w:rsid w:val="004D2856"/>
     <w:rsid w:val="004D6AE6"/>
     <w:rsid w:val="004D782C"/>
     <w:rsid w:val="004F4692"/>
     <w:rsid w:val="00586375"/>
     <w:rsid w:val="005A4961"/>
     <w:rsid w:val="005C24F8"/>
     <w:rsid w:val="005C6981"/>
     <w:rsid w:val="00612818"/>
     <w:rsid w:val="00650542"/>
     <w:rsid w:val="006676A3"/>
     <w:rsid w:val="0069285B"/>
     <w:rsid w:val="006B4953"/>
     <w:rsid w:val="006D0E37"/>
     <w:rsid w:val="006E16E4"/>
@@ -1938,113 +1957,115 @@
     <w:rsid w:val="0074149C"/>
     <w:rsid w:val="0074743F"/>
     <w:rsid w:val="00775129"/>
     <w:rsid w:val="007B6FB0"/>
     <w:rsid w:val="007D3BFB"/>
     <w:rsid w:val="007F0992"/>
     <w:rsid w:val="00826FB3"/>
     <w:rsid w:val="0085608B"/>
     <w:rsid w:val="0085782A"/>
     <w:rsid w:val="00867873"/>
     <w:rsid w:val="00876A48"/>
     <w:rsid w:val="00883DF1"/>
     <w:rsid w:val="00890CE3"/>
     <w:rsid w:val="008A451A"/>
     <w:rsid w:val="008A79B0"/>
     <w:rsid w:val="008B0415"/>
     <w:rsid w:val="00901C7C"/>
     <w:rsid w:val="009402DD"/>
     <w:rsid w:val="009F4C0D"/>
     <w:rsid w:val="00A51AFC"/>
     <w:rsid w:val="00A76362"/>
     <w:rsid w:val="00A855DB"/>
     <w:rsid w:val="00A93D28"/>
     <w:rsid w:val="00A9738D"/>
     <w:rsid w:val="00AA491A"/>
+    <w:rsid w:val="00AC51AF"/>
     <w:rsid w:val="00AC6CE1"/>
     <w:rsid w:val="00AE2A5C"/>
     <w:rsid w:val="00B207CA"/>
     <w:rsid w:val="00B41B5A"/>
     <w:rsid w:val="00B555F1"/>
     <w:rsid w:val="00BB7765"/>
     <w:rsid w:val="00BB7CE6"/>
     <w:rsid w:val="00BF147C"/>
     <w:rsid w:val="00BF1E38"/>
     <w:rsid w:val="00BF561A"/>
     <w:rsid w:val="00C0149F"/>
     <w:rsid w:val="00CA1260"/>
     <w:rsid w:val="00CF16EE"/>
     <w:rsid w:val="00DA3D74"/>
+    <w:rsid w:val="00DB7DB6"/>
     <w:rsid w:val="00DD19DF"/>
     <w:rsid w:val="00DF4266"/>
     <w:rsid w:val="00E32FF0"/>
     <w:rsid w:val="00E349F3"/>
     <w:rsid w:val="00E60464"/>
     <w:rsid w:val="00EB0A5D"/>
     <w:rsid w:val="00EE0EF1"/>
     <w:rsid w:val="00EE3D11"/>
     <w:rsid w:val="00F15976"/>
     <w:rsid w:val="00F16C6A"/>
     <w:rsid w:val="00F36009"/>
     <w:rsid w:val="00F8749E"/>
     <w:rsid w:val="00FA18E2"/>
     <w:rsid w:val="00FD6BB8"/>
     <w:rsid w:val="00FF2E02"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2052">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4BD32C7E"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Century" w:eastAsia="ＭＳ 明朝" w:hAnsi="Century" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2605,51 +2626,51 @@
       <w:ind w:leftChars="400" w:left="840"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Web">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00876A48"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="ＭＳ Ｐゴシック" w:eastAsia="ＭＳ Ｐゴシック" w:hAnsi="ＭＳ Ｐゴシック" w:cs="ＭＳ Ｐゴシック"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="497574493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="15"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="606039722">
           <w:marLeft w:val="450"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="120"/>
           <w:marBottom w:val="210"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="23" w:color="C0C0C0"/>
             <w:left w:val="single" w:sz="6" w:space="26" w:color="C0C0C0"/>
             <w:bottom w:val="single" w:sz="12" w:space="23" w:color="C0C0C0"/>
             <w:right w:val="single" w:sz="12" w:space="25" w:color="C0C0C0"/>
           </w:divBdr>
@@ -3053,69 +3074,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>219</Words>
-  <Characters>1260</Characters>
+  <Words>221</Words>
+  <Characters>1204</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1477</CharactersWithSpaces>
+  <CharactersWithSpaces>1455</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>