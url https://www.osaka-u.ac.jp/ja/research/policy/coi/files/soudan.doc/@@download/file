--- v0 (2025-11-01)
+++ v1 (2026-02-18)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
@@ -41,65 +42,65 @@
   <Override PartName="/xl/ctrlProps/ctrlProp23.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp24.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp25.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp26.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp27.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp28.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp29.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp30.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp31.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp32.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp33.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp34.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp35.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp36.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp37.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp38.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp39.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26130"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\03_利益相反\7.利益相反相談室の業務\0.様式（相談シート、一般的な留意点）\1.相談シート\様式変更（2023年度）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A368A961-5CBC-4BEA-8B0B-AA6B5CDFD932}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9338830-75FB-4235-A529-A2E70A89460A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{2CC5EF67-C52F-4670-BF83-B8A3A6B6B401}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{2CC5EF67-C52F-4670-BF83-B8A3A6B6B401}"/>
   </bookViews>
   <sheets>
     <sheet name="表紙" sheetId="7" r:id="rId1"/>
     <sheet name="判定フロー" sheetId="9" r:id="rId2"/>
     <sheet name="基礎情報" sheetId="6" r:id="rId3"/>
     <sheet name="相談シート" sheetId="5" r:id="rId4"/>
     <sheet name="【事務局用】" sheetId="8" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">基礎情報!$A$1:$U$43</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -1349,63 +1350,50 @@
     <rPh sb="5" eb="9">
       <t>ジュタクケンキュウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>共同研究講座(部門)に所属("Q2"へ)</t>
     <rPh sb="0" eb="2">
       <t>キョウドウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ケンキュウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>コウザ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ブモン</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ショゾク</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>(3) 経費負担の有無</t>
-[...11 lines deleted...]
-  <si>
     <t>Eメール：</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>coi-adviser@ml.office.osaka-u.ac.jp</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>表紙</t>
     <rPh sb="0" eb="2">
       <t>ヒョウシ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>所属機関名</t>
     <rPh sb="0" eb="2">
       <t>ショゾク</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>キカンメイ</t>
     </rPh>
     <phoneticPr fontId="19"/>
   </si>
   <si>
@@ -2162,50 +2150,67 @@
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>として兼業するもの。</t>
     </r>
     <rPh sb="0" eb="2">
       <t>イカ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>バアイ</t>
     </rPh>
     <rPh sb="15" eb="17">
       <t>キギョウ</t>
     </rPh>
     <rPh sb="18" eb="19">
       <t>マタ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>ダンタイ</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>ホウジン</t>
     </rPh>
     <rPh sb="55" eb="57">
       <t>ケンギョウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>(3) 企業の費用負担
+　　　有無</t>
+    <rPh sb="4" eb="6">
+      <t>キギョウ</t>
+    </rPh>
+    <rPh sb="7" eb="9">
+      <t>ヒヨウ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>フタン</t>
+    </rPh>
+    <rPh sb="15" eb="17">
+      <t>ウム</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
@@ -2662,51 +2667,51 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="130">
+  <cellXfs count="126">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
@@ -2775,147 +2780,132 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -3048,50 +3038,53 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="ハイパーリンク" xfId="2" builtinId="8"/>
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 8 2" xfId="3" xr:uid="{86503923-18CB-4898-BBDF-3CB98D637F63}"/>
   </cellStyles>
   <dxfs count="56">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-4.9989318521683403E-2"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
@@ -6326,91 +6319,91 @@
                   </a:solidFill>
                 </a14:hiddenFill>
               </a:ext>
               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                 <a14:hiddenLine w="9525">
                   <a:solidFill>
                     <a:srgbClr val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="64"/>
                   </a:solidFill>
                   <a:miter lim="800000"/>
                   <a:headEnd/>
                   <a:tailEnd/>
                 </a14:hiddenLine>
               </a:ext>
             </a:extLst>
           </xdr:spPr>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -6472,51 +6465,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -6614,185 +6607,185 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:coi-adviser@ml.office.osaka-u.ac.jp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2118048E-AE52-4E09-88CB-AEF2E52A6A66}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:U12"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="15.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="19" width="4.5" style="30" customWidth="1"/>
     <col min="20" max="16384" width="8.75" style="30"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:21" x14ac:dyDescent="0.4">
-      <c r="B2" s="58" t="s">
-        <v>168</v>
+      <c r="B2" s="54" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="4" spans="2:21" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B4" s="64" t="s">
+      <c r="B4" s="60" t="s">
         <v>49</v>
       </c>
-      <c r="C4" s="64"/>
-[...7 lines deleted...]
-      <c r="K4" s="64" t="s">
+      <c r="C4" s="60"/>
+      <c r="D4" s="60"/>
+      <c r="E4" s="59"/>
+      <c r="F4" s="59"/>
+      <c r="G4" s="59"/>
+      <c r="H4" s="59"/>
+      <c r="I4" s="59"/>
+      <c r="J4" s="59"/>
+      <c r="K4" s="60" t="s">
         <v>50</v>
       </c>
-      <c r="L4" s="64"/>
-[...6 lines deleted...]
-      <c r="S4" s="63"/>
+      <c r="L4" s="60"/>
+      <c r="M4" s="60"/>
+      <c r="N4" s="59"/>
+      <c r="O4" s="59"/>
+      <c r="P4" s="59"/>
+      <c r="Q4" s="59"/>
+      <c r="R4" s="59"/>
+      <c r="S4" s="59"/>
       <c r="U4" s="32"/>
     </row>
     <row r="5" spans="2:21" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="6" spans="2:21" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="64" t="s">
+      <c r="B6" s="60" t="s">
         <v>51</v>
       </c>
-      <c r="C6" s="64"/>
-[...7 lines deleted...]
-      <c r="K6" s="64" t="s">
+      <c r="C6" s="60"/>
+      <c r="D6" s="60"/>
+      <c r="E6" s="59"/>
+      <c r="F6" s="59"/>
+      <c r="G6" s="59"/>
+      <c r="H6" s="59"/>
+      <c r="I6" s="59"/>
+      <c r="J6" s="59"/>
+      <c r="K6" s="60" t="s">
         <v>52</v>
       </c>
-      <c r="L6" s="64"/>
-[...6 lines deleted...]
-      <c r="S6" s="63"/>
+      <c r="L6" s="60"/>
+      <c r="M6" s="60"/>
+      <c r="N6" s="59"/>
+      <c r="O6" s="59"/>
+      <c r="P6" s="59"/>
+      <c r="Q6" s="59"/>
+      <c r="R6" s="59"/>
+      <c r="S6" s="59"/>
     </row>
     <row r="7" spans="2:21" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="9" spans="2:21" ht="58.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="C9" s="65" t="s">
+      <c r="C9" s="61" t="s">
         <v>86</v>
       </c>
-      <c r="D9" s="65"/>
-[...14 lines deleted...]
-      <c r="S9" s="65"/>
+      <c r="D9" s="61"/>
+      <c r="E9" s="61"/>
+      <c r="F9" s="61"/>
+      <c r="G9" s="61"/>
+      <c r="H9" s="61"/>
+      <c r="I9" s="61"/>
+      <c r="J9" s="61"/>
+      <c r="K9" s="61"/>
+      <c r="L9" s="61"/>
+      <c r="M9" s="61"/>
+      <c r="N9" s="61"/>
+      <c r="O9" s="61"/>
+      <c r="P9" s="61"/>
+      <c r="Q9" s="61"/>
+      <c r="R9" s="61"/>
+      <c r="S9" s="61"/>
     </row>
     <row r="10" spans="2:21" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C10" s="34" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="11" spans="2:21" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C11" s="30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="2:21" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="C12" s="62" t="s">
+      <c r="C12" s="58" t="s">
+        <v>94</v>
+      </c>
+      <c r="D12" s="58"/>
+      <c r="E12" s="40" t="s">
         <v>95</v>
-      </c>
-[...2 lines deleted...]
-        <v>96</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E4:J4"/>
     <mergeCell ref="E6:J6"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="N4:S4"/>
     <mergeCell ref="N6:S6"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="C9:S9"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <conditionalFormatting sqref="E4 E6">
     <cfRule type="cellIs" dxfId="55" priority="3" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N4 N6">
     <cfRule type="cellIs" dxfId="54" priority="1" operator="equal">
       <formula>""</formula>
     </cfRule>
@@ -6822,294 +6815,294 @@
     <col min="5" max="6" width="4.5" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.375" style="1" customWidth="1"/>
     <col min="8" max="9" width="4.5" style="1" customWidth="1"/>
     <col min="10" max="10" width="10.375" style="1" customWidth="1"/>
     <col min="11" max="12" width="4.5" style="1" customWidth="1"/>
     <col min="13" max="13" width="10.375" style="1" customWidth="1"/>
     <col min="14" max="15" width="3.125" style="1" customWidth="1"/>
     <col min="16" max="16" width="4.5" style="1" customWidth="1"/>
     <col min="17" max="23" width="8.75" style="1" customWidth="1"/>
     <col min="24" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:23" ht="9.75" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="2" spans="2:23" x14ac:dyDescent="0.4">
       <c r="B2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:23" x14ac:dyDescent="0.4">
       <c r="B3" s="1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="2:23" s="26" customFormat="1" x14ac:dyDescent="0.4">
       <c r="B4" s="26" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="6" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B6" s="26" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="7" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B7" s="2"/>
       <c r="C7" s="3" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3"/>
       <c r="K7" s="12"/>
       <c r="P7" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="2:23" x14ac:dyDescent="0.4">
       <c r="B8" s="5"/>
       <c r="C8" s="1" t="s">
         <v>83</v>
       </c>
       <c r="K8" s="12"/>
       <c r="P8" s="2" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="Q8" s="3"/>
       <c r="R8" s="3"/>
       <c r="S8" s="3"/>
       <c r="T8" s="3"/>
       <c r="U8" s="3"/>
       <c r="V8" s="3"/>
       <c r="W8" s="4"/>
     </row>
     <row r="9" spans="2:23" x14ac:dyDescent="0.4">
       <c r="B9" s="5"/>
       <c r="C9" s="1" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="K9" s="12"/>
       <c r="P9" s="36" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="W9" s="6"/>
     </row>
     <row r="10" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B10" s="5"/>
       <c r="C10" s="1" t="s">
         <v>84</v>
       </c>
       <c r="K10" s="12"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="8"/>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="8"/>
       <c r="U10" s="8"/>
       <c r="V10" s="8"/>
       <c r="W10" s="9"/>
     </row>
     <row r="11" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B11" s="7"/>
       <c r="C11" s="8" t="s">
         <v>5</v>
       </c>
       <c r="D11" s="8"/>
       <c r="E11" s="8"/>
       <c r="F11" s="8"/>
       <c r="G11" s="8"/>
       <c r="H11" s="8"/>
       <c r="I11" s="8"/>
       <c r="J11" s="8"/>
       <c r="K11" s="12"/>
     </row>
     <row r="12" spans="2:23" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="F12" s="60"/>
-[...5 lines deleted...]
-      <c r="L12" s="61"/>
+      <c r="F12" s="56"/>
+      <c r="G12" s="57"/>
+      <c r="H12" s="57"/>
+      <c r="I12" s="57"/>
+      <c r="J12" s="57"/>
+      <c r="K12" s="57"/>
+      <c r="L12" s="57"/>
       <c r="P12" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="2:23" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="F13" s="60"/>
-[...15 lines deleted...]
-      <c r="W13" s="68"/>
+      <c r="F13" s="56"/>
+      <c r="G13" s="57"/>
+      <c r="H13" s="57"/>
+      <c r="I13" s="57"/>
+      <c r="J13" s="57"/>
+      <c r="K13" s="57"/>
+      <c r="L13" s="57"/>
+      <c r="P13" s="62" t="s">
+        <v>173</v>
+      </c>
+      <c r="Q13" s="63"/>
+      <c r="R13" s="63"/>
+      <c r="S13" s="63"/>
+      <c r="T13" s="63"/>
+      <c r="U13" s="63"/>
+      <c r="V13" s="63"/>
+      <c r="W13" s="64"/>
     </row>
     <row r="14" spans="2:23" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="F14" s="60"/>
-[...13 lines deleted...]
-      <c r="W14" s="71"/>
+      <c r="F14" s="56"/>
+      <c r="G14" s="57"/>
+      <c r="H14" s="57"/>
+      <c r="I14" s="57"/>
+      <c r="J14" s="57"/>
+      <c r="K14" s="57"/>
+      <c r="L14" s="57"/>
+      <c r="P14" s="65"/>
+      <c r="Q14" s="61"/>
+      <c r="R14" s="61"/>
+      <c r="S14" s="61"/>
+      <c r="T14" s="61"/>
+      <c r="U14" s="61"/>
+      <c r="V14" s="61"/>
+      <c r="W14" s="66"/>
     </row>
     <row r="15" spans="2:23" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.4">
       <c r="C15" s="14"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="15"/>
       <c r="J15" s="12"/>
-      <c r="P15" s="69"/>
-[...6 lines deleted...]
-      <c r="W15" s="71"/>
+      <c r="P15" s="65"/>
+      <c r="Q15" s="61"/>
+      <c r="R15" s="61"/>
+      <c r="S15" s="61"/>
+      <c r="T15" s="61"/>
+      <c r="U15" s="61"/>
+      <c r="V15" s="61"/>
+      <c r="W15" s="66"/>
     </row>
     <row r="16" spans="2:23" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="C16" s="12"/>
       <c r="I16" s="28"/>
-      <c r="P16" s="69"/>
-[...6 lines deleted...]
-      <c r="W16" s="71"/>
+      <c r="P16" s="65"/>
+      <c r="Q16" s="61"/>
+      <c r="R16" s="61"/>
+      <c r="S16" s="61"/>
+      <c r="T16" s="61"/>
+      <c r="U16" s="61"/>
+      <c r="V16" s="61"/>
+      <c r="W16" s="66"/>
     </row>
     <row r="17" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B17" s="81"/>
-[...7 lines deleted...]
-      <c r="I17" s="83" t="s">
+      <c r="B17" s="76"/>
+      <c r="C17" s="78" t="s">
         <v>171</v>
       </c>
-      <c r="J17" s="84"/>
-[...7 lines deleted...]
-      <c r="W17" s="74"/>
+      <c r="D17" s="79"/>
+      <c r="E17" s="10"/>
+      <c r="F17" s="10"/>
+      <c r="H17" s="76"/>
+      <c r="I17" s="78" t="s">
+        <v>170</v>
+      </c>
+      <c r="J17" s="79"/>
+      <c r="P17" s="67"/>
+      <c r="Q17" s="68"/>
+      <c r="R17" s="68"/>
+      <c r="S17" s="68"/>
+      <c r="T17" s="68"/>
+      <c r="U17" s="68"/>
+      <c r="V17" s="68"/>
+      <c r="W17" s="69"/>
     </row>
     <row r="18" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B18" s="82"/>
-[...6 lines deleted...]
-      <c r="J18" s="86"/>
+      <c r="B18" s="77"/>
+      <c r="C18" s="80"/>
+      <c r="D18" s="81"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="10"/>
+      <c r="H18" s="77"/>
+      <c r="I18" s="80"/>
+      <c r="J18" s="81"/>
     </row>
     <row r="19" spans="2:23" x14ac:dyDescent="0.4">
       <c r="C19" s="11"/>
       <c r="J19" s="11"/>
     </row>
     <row r="20" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="C20" s="12"/>
       <c r="J20" s="12"/>
     </row>
     <row r="21" spans="2:23" x14ac:dyDescent="0.4">
-      <c r="B21" s="81" t="s">
+      <c r="B21" s="76" t="s">
         <v>23</v>
       </c>
-      <c r="C21" s="87"/>
-[...2 lines deleted...]
-      <c r="F21" s="57"/>
+      <c r="C21" s="82"/>
+      <c r="D21" s="83"/>
+      <c r="E21" s="10"/>
+      <c r="F21" s="10"/>
       <c r="J21" s="35"/>
     </row>
     <row r="22" spans="2:23" ht="15" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B22" s="82"/>
-[...3 lines deleted...]
-      <c r="F22" s="57"/>
+      <c r="B22" s="77"/>
+      <c r="C22" s="84"/>
+      <c r="D22" s="85"/>
+      <c r="E22" s="10"/>
+      <c r="F22" s="10"/>
       <c r="J22" s="12"/>
     </row>
     <row r="23" spans="2:23" x14ac:dyDescent="0.4">
       <c r="J23" s="12"/>
     </row>
     <row r="24" spans="2:23" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="E24" s="26" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J24" s="31"/>
     </row>
     <row r="25" spans="2:23" x14ac:dyDescent="0.4">
       <c r="E25" s="2"/>
       <c r="F25" s="3" t="s">
         <v>73</v>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="4"/>
     </row>
     <row r="26" spans="2:23" x14ac:dyDescent="0.4">
       <c r="E26" s="5"/>
       <c r="F26" s="26" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="H26" s="26"/>
       <c r="M26" s="6"/>
     </row>
     <row r="27" spans="2:23" x14ac:dyDescent="0.4">
       <c r="E27" s="5"/>
       <c r="F27" s="1" t="s">
         <v>74</v>
       </c>
       <c r="M27" s="6"/>
     </row>
     <row r="28" spans="2:23" x14ac:dyDescent="0.4">
       <c r="E28" s="5"/>
       <c r="F28" s="1" t="s">
         <v>75</v>
       </c>
       <c r="M28" s="6"/>
     </row>
     <row r="29" spans="2:23" x14ac:dyDescent="0.4">
       <c r="E29" s="5"/>
       <c r="F29" s="1" t="s">
         <v>81</v>
       </c>
       <c r="M29" s="6"/>
     </row>
@@ -7137,126 +7130,126 @@
       <c r="J32" s="12"/>
     </row>
     <row r="33" spans="5:13" x14ac:dyDescent="0.4">
       <c r="J33" s="12"/>
     </row>
     <row r="34" spans="5:13" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="J34" s="12"/>
     </row>
     <row r="35" spans="5:13" ht="15" thickTop="1" x14ac:dyDescent="0.4">
       <c r="E35" s="28"/>
       <c r="F35" s="14"/>
       <c r="G35" s="13"/>
       <c r="H35" s="13"/>
       <c r="I35" s="13"/>
       <c r="J35" s="13"/>
       <c r="K35" s="13"/>
       <c r="L35" s="15"/>
     </row>
     <row r="36" spans="5:13" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="E36" s="16"/>
       <c r="F36" s="12"/>
       <c r="L36" s="28"/>
       <c r="M36" s="31"/>
     </row>
     <row r="37" spans="5:13" x14ac:dyDescent="0.4">
-      <c r="E37" s="55"/>
-      <c r="F37" s="83" t="s">
+      <c r="E37" s="52"/>
+      <c r="F37" s="78" t="s">
+        <v>171</v>
+      </c>
+      <c r="G37" s="79"/>
+      <c r="K37" s="52"/>
+      <c r="L37" s="78" t="s">
         <v>172</v>
       </c>
-      <c r="G37" s="84"/>
-[...4 lines deleted...]
-      <c r="M37" s="84"/>
+      <c r="M37" s="79"/>
     </row>
     <row r="38" spans="5:13" ht="15" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="E38" s="56"/>
-[...4 lines deleted...]
-      <c r="M38" s="86"/>
+      <c r="E38" s="53"/>
+      <c r="F38" s="80"/>
+      <c r="G38" s="81"/>
+      <c r="K38" s="53"/>
+      <c r="L38" s="80"/>
+      <c r="M38" s="81"/>
     </row>
     <row r="39" spans="5:13" x14ac:dyDescent="0.4">
       <c r="F39" s="11"/>
       <c r="M39" s="11"/>
     </row>
     <row r="40" spans="5:13" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="F40" s="12"/>
       <c r="M40" s="31"/>
     </row>
     <row r="41" spans="5:13" ht="18" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="E41" s="81" t="s">
+      <c r="E41" s="76" t="s">
         <v>23</v>
       </c>
-      <c r="F41" s="87"/>
-[...1 lines deleted...]
-      <c r="K41" s="81" t="s">
+      <c r="F41" s="82"/>
+      <c r="G41" s="83"/>
+      <c r="K41" s="76" t="s">
         <v>2</v>
       </c>
-      <c r="L41" s="87"/>
-      <c r="M41" s="88"/>
+      <c r="L41" s="82"/>
+      <c r="M41" s="83"/>
     </row>
     <row r="42" spans="5:13" ht="18.600000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="E42" s="82"/>
-[...4 lines deleted...]
-      <c r="M42" s="90"/>
+      <c r="E42" s="77"/>
+      <c r="F42" s="84"/>
+      <c r="G42" s="85"/>
+      <c r="K42" s="77"/>
+      <c r="L42" s="84"/>
+      <c r="M42" s="85"/>
     </row>
     <row r="43" spans="5:13" x14ac:dyDescent="0.4">
       <c r="L43" s="17"/>
     </row>
     <row r="44" spans="5:13" ht="15" thickBot="1" x14ac:dyDescent="0.45">
       <c r="L44" s="28"/>
     </row>
     <row r="45" spans="5:13" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="K45" s="75" t="s">
+      <c r="K45" s="70" t="s">
         <v>72</v>
       </c>
-      <c r="L45" s="76"/>
-      <c r="M45" s="77"/>
+      <c r="L45" s="71"/>
+      <c r="M45" s="72"/>
     </row>
     <row r="46" spans="5:13" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="K46" s="78"/>
-[...1 lines deleted...]
-      <c r="M46" s="80"/>
+      <c r="K46" s="73"/>
+      <c r="L46" s="74"/>
+      <c r="M46" s="75"/>
     </row>
     <row r="47" spans="5:13" ht="15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="K47" s="75" t="s">
+      <c r="K47" s="70" t="s">
         <v>48</v>
       </c>
-      <c r="L47" s="76"/>
-      <c r="M47" s="77"/>
+      <c r="L47" s="71"/>
+      <c r="M47" s="72"/>
     </row>
     <row r="48" spans="5:13" ht="15" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="K48" s="78"/>
-[...1 lines deleted...]
-      <c r="M48" s="80"/>
+      <c r="K48" s="73"/>
+      <c r="L48" s="74"/>
+      <c r="M48" s="75"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="P13:W17"/>
     <mergeCell ref="K47:M48"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:D18"/>
     <mergeCell ref="H17:H18"/>
     <mergeCell ref="I17:J18"/>
     <mergeCell ref="B21:D22"/>
     <mergeCell ref="F37:G38"/>
     <mergeCell ref="L37:M38"/>
     <mergeCell ref="E41:G42"/>
     <mergeCell ref="K41:M42"/>
     <mergeCell ref="K45:M46"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <hyperlinks>
     <hyperlink ref="K45:M46" location="基礎情報!A1" display="基礎情報" xr:uid="{D394974B-A4F1-41AE-BD6B-78EE75F9DACE}"/>
     <hyperlink ref="K47:M48" location="相談シート!A1" display="相談シート" xr:uid="{C28B52F9-0FE9-4F41-A86A-D5D7863BF43F}"/>
   </hyperlinks>
   <pageMargins left="0.63" right="0.42" top="0.35" bottom="0.23" header="0.3" footer="0.2"/>
   <pageSetup paperSize="9" scale="77" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
@@ -7625,762 +7618,762 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DB4C53C-175C-44FC-B95A-7241D03FF0BE}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AM48"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="15.75" outlineLevelCol="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="21" width="4.5" style="30" customWidth="1"/>
     <col min="22" max="24" width="10.75" style="30" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="25" max="27" width="3.125" style="30" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="28" max="28" width="0" style="30" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="29" max="29" width="8.75" style="30" collapsed="1"/>
     <col min="30" max="16384" width="8.75" style="30"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:39" s="1" customFormat="1" ht="16.5" x14ac:dyDescent="0.4">
       <c r="A1" s="18" t="s">
         <v>54</v>
       </c>
       <c r="D1" s="32" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4"/>
     <row r="3" spans="1:39" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="98" t="s">
-[...18 lines deleted...]
-      <c r="S3" s="99"/>
+      <c r="B3" s="93" t="s">
+        <v>153</v>
+      </c>
+      <c r="C3" s="93"/>
+      <c r="D3" s="93"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
       <c r="T3" s="24"/>
     </row>
     <row r="4" spans="1:39" s="1" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B4" s="26" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="C4" s="26"/>
       <c r="D4" s="26"/>
       <c r="E4" s="26"/>
       <c r="F4" s="26"/>
       <c r="G4" s="26"/>
       <c r="H4" s="26"/>
       <c r="I4" s="26"/>
       <c r="J4" s="26"/>
       <c r="K4" s="26"/>
       <c r="L4" s="26"/>
       <c r="M4" s="26"/>
       <c r="N4" s="26"/>
       <c r="O4" s="26"/>
       <c r="P4" s="26"/>
       <c r="Q4" s="26"/>
       <c r="R4" s="26"/>
       <c r="S4" s="26"/>
       <c r="T4" s="26"/>
       <c r="U4" s="26"/>
     </row>
     <row r="5" spans="1:39" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C5" s="19"/>
       <c r="D5" s="19"/>
       <c r="N5" s="19"/>
       <c r="O5" s="19"/>
       <c r="P5" s="19"/>
     </row>
     <row r="6" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="38" t="s">
         <v>61</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="19"/>
       <c r="E6" s="19"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="I6" s="19"/>
       <c r="J6" s="19"/>
       <c r="K6" s="19"/>
       <c r="L6" s="19"/>
       <c r="M6" s="19"/>
       <c r="N6" s="19"/>
       <c r="O6" s="19"/>
       <c r="P6" s="19"/>
     </row>
     <row r="7" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
       <c r="B7" s="1" t="s">
         <v>62</v>
       </c>
       <c r="C7" s="19"/>
       <c r="D7" s="19"/>
       <c r="E7" s="19"/>
       <c r="F7" s="19"/>
       <c r="G7" s="19"/>
       <c r="H7" s="19"/>
       <c r="I7" s="19"/>
       <c r="J7" s="19"/>
       <c r="K7" s="19"/>
       <c r="L7" s="19"/>
       <c r="M7" s="19"/>
       <c r="N7" s="19"/>
       <c r="O7" s="19"/>
       <c r="P7" s="19"/>
     </row>
     <row r="8" spans="1:39" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="P8" s="19"/>
     </row>
     <row r="9" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B9" s="100"/>
-      <c r="C9" s="94" t="s">
+      <c r="B9" s="95"/>
+      <c r="C9" s="89" t="s">
         <v>89</v>
       </c>
-      <c r="D9" s="94"/>
-[...4 lines deleted...]
-      <c r="J9" s="93" t="s">
+      <c r="D9" s="89"/>
+      <c r="E9" s="89"/>
+      <c r="F9" s="89"/>
+      <c r="G9" s="89"/>
+      <c r="H9" s="89"/>
+      <c r="J9" s="88" t="s">
         <v>63</v>
       </c>
-      <c r="K9" s="93"/>
-[...4 lines deleted...]
-      <c r="Q9" s="93" t="s">
+      <c r="K9" s="88"/>
+      <c r="L9" s="88"/>
+      <c r="M9" s="88"/>
+      <c r="N9" s="88"/>
+      <c r="O9" s="88"/>
+      <c r="Q9" s="88" t="s">
         <v>65</v>
       </c>
-      <c r="R9" s="93"/>
-[...2 lines deleted...]
-      <c r="U9" s="93"/>
+      <c r="R9" s="88"/>
+      <c r="S9" s="88"/>
+      <c r="T9" s="88"/>
+      <c r="U9" s="88"/>
       <c r="V9" s="1" t="b">
         <v>0</v>
       </c>
       <c r="W9" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X9" s="1" t="b">
         <v>0</v>
       </c>
-      <c r="Y9" s="51" t="str">
+      <c r="Y9" s="50" t="str">
         <f>IF(V9=TRUE,"○","")</f>
         <v/>
       </c>
-      <c r="Z9" s="51" t="str">
+      <c r="Z9" s="50" t="str">
         <f>IF(W9=TRUE,"○","")</f>
         <v/>
       </c>
-      <c r="AA9" s="51" t="str">
+      <c r="AA9" s="50" t="str">
         <f>IF(X9=TRUE,"○","")</f>
         <v/>
       </c>
     </row>
     <row r="10" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B10" s="100"/>
-[...16 lines deleted...]
-      <c r="U10" s="93"/>
+      <c r="B10" s="95"/>
+      <c r="C10" s="89"/>
+      <c r="D10" s="89"/>
+      <c r="E10" s="89"/>
+      <c r="F10" s="89"/>
+      <c r="G10" s="89"/>
+      <c r="H10" s="89"/>
+      <c r="J10" s="88"/>
+      <c r="K10" s="88"/>
+      <c r="L10" s="88"/>
+      <c r="M10" s="88"/>
+      <c r="N10" s="88"/>
+      <c r="O10" s="88"/>
+      <c r="Q10" s="88"/>
+      <c r="R10" s="88"/>
+      <c r="S10" s="88"/>
+      <c r="T10" s="88"/>
+      <c r="U10" s="88"/>
       <c r="Y10" s="26"/>
       <c r="Z10" s="26"/>
       <c r="AA10" s="26"/>
     </row>
     <row r="11" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B11" s="100"/>
-      <c r="C11" s="93" t="s">
+      <c r="B11" s="95"/>
+      <c r="C11" s="88" t="s">
         <v>64</v>
       </c>
-      <c r="D11" s="93"/>
-[...3 lines deleted...]
-      <c r="H11" s="93"/>
+      <c r="D11" s="88"/>
+      <c r="E11" s="88"/>
+      <c r="F11" s="88"/>
+      <c r="G11" s="88"/>
+      <c r="H11" s="88"/>
       <c r="I11" s="10"/>
-      <c r="J11" s="93" t="s">
+      <c r="J11" s="88" t="s">
         <v>66</v>
       </c>
-      <c r="K11" s="93"/>
-[...4 lines deleted...]
-      <c r="P11" s="94" t="s">
+      <c r="K11" s="88"/>
+      <c r="L11" s="88"/>
+      <c r="M11" s="88"/>
+      <c r="N11" s="88"/>
+      <c r="O11" s="95"/>
+      <c r="P11" s="89" t="s">
         <v>90</v>
       </c>
-      <c r="Q11" s="94"/>
-[...3 lines deleted...]
-      <c r="U11" s="94"/>
+      <c r="Q11" s="89"/>
+      <c r="R11" s="89"/>
+      <c r="S11" s="89"/>
+      <c r="T11" s="89"/>
+      <c r="U11" s="89"/>
       <c r="V11" s="1" t="b">
         <v>0</v>
       </c>
       <c r="W11" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X11" s="1" t="b">
         <v>0</v>
       </c>
-      <c r="Y11" s="51" t="str">
+      <c r="Y11" s="50" t="str">
         <f>IF(V11=TRUE,"○","")</f>
         <v/>
       </c>
-      <c r="Z11" s="51" t="str">
+      <c r="Z11" s="50" t="str">
         <f>IF(W11=TRUE,"○","")</f>
         <v/>
       </c>
-      <c r="AA11" s="51" t="str">
+      <c r="AA11" s="50" t="str">
         <f>IF(X11=TRUE,"○","")</f>
         <v/>
       </c>
     </row>
     <row r="12" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B12" s="100"/>
-[...5 lines deleted...]
-      <c r="H12" s="93"/>
+      <c r="B12" s="95"/>
+      <c r="C12" s="88"/>
+      <c r="D12" s="88"/>
+      <c r="E12" s="88"/>
+      <c r="F12" s="88"/>
+      <c r="G12" s="88"/>
+      <c r="H12" s="88"/>
       <c r="I12" s="10"/>
-      <c r="J12" s="93"/>
-[...10 lines deleted...]
-      <c r="U12" s="94"/>
+      <c r="J12" s="88"/>
+      <c r="K12" s="88"/>
+      <c r="L12" s="88"/>
+      <c r="M12" s="88"/>
+      <c r="N12" s="88"/>
+      <c r="O12" s="95"/>
+      <c r="P12" s="89"/>
+      <c r="Q12" s="89"/>
+      <c r="R12" s="89"/>
+      <c r="S12" s="89"/>
+      <c r="T12" s="89"/>
+      <c r="U12" s="89"/>
       <c r="Y12" s="26"/>
       <c r="Z12" s="26"/>
       <c r="AA12" s="26"/>
     </row>
     <row r="13" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B13" s="100"/>
-      <c r="C13" s="94" t="s">
+      <c r="B13" s="95"/>
+      <c r="C13" s="89" t="s">
         <v>91</v>
       </c>
-      <c r="D13" s="94"/>
-[...4 lines deleted...]
-      <c r="I13" s="94" t="s">
+      <c r="D13" s="89"/>
+      <c r="E13" s="89"/>
+      <c r="F13" s="89"/>
+      <c r="G13" s="89"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="89" t="s">
         <v>77</v>
       </c>
-      <c r="J13" s="94"/>
-[...2 lines deleted...]
-      <c r="M13" s="94"/>
+      <c r="J13" s="89"/>
+      <c r="K13" s="89"/>
+      <c r="L13" s="89"/>
+      <c r="M13" s="89"/>
       <c r="V13" s="1" t="b">
         <v>0</v>
       </c>
       <c r="W13" s="1" t="b">
         <v>0</v>
       </c>
-      <c r="Y13" s="51" t="str">
+      <c r="Y13" s="50" t="str">
         <f>IF(V13=TRUE,"○","")</f>
         <v/>
       </c>
-      <c r="Z13" s="51" t="str">
+      <c r="Z13" s="50" t="str">
         <f>IF(W13=TRUE,"○","")</f>
         <v/>
       </c>
-      <c r="AA13" s="51"/>
+      <c r="AA13" s="50"/>
       <c r="AM13" s="20"/>
     </row>
     <row r="14" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B14" s="100"/>
-[...10 lines deleted...]
-      <c r="M14" s="94"/>
+      <c r="B14" s="95"/>
+      <c r="C14" s="89"/>
+      <c r="D14" s="89"/>
+      <c r="E14" s="89"/>
+      <c r="F14" s="89"/>
+      <c r="G14" s="89"/>
+      <c r="H14" s="96"/>
+      <c r="I14" s="89"/>
+      <c r="J14" s="89"/>
+      <c r="K14" s="89"/>
+      <c r="L14" s="89"/>
+      <c r="M14" s="89"/>
       <c r="AM14" s="20"/>
     </row>
     <row r="15" spans="1:39" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B15" s="19"/>
       <c r="C15" s="19"/>
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
       <c r="J15" s="19"/>
       <c r="K15" s="19"/>
       <c r="L15" s="19"/>
       <c r="M15" s="19"/>
       <c r="N15" s="19"/>
       <c r="O15" s="19"/>
       <c r="P15" s="19"/>
     </row>
     <row r="16" spans="1:39" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B16" s="39" t="s">
+      <c r="B16" s="38" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="18" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B18" s="93" t="s">
+      <c r="B18" s="88" t="s">
         <v>29</v>
       </c>
-      <c r="C18" s="93"/>
-      <c r="D18" s="93"/>
+      <c r="C18" s="88"/>
+      <c r="D18" s="88"/>
       <c r="F18" s="1" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="J18" s="93" t="s">
+      <c r="J18" s="88" t="s">
         <v>33</v>
       </c>
-      <c r="K18" s="93"/>
-[...7 lines deleted...]
-      <c r="S18" s="91"/>
+      <c r="K18" s="88"/>
+      <c r="L18" s="86"/>
+      <c r="M18" s="86"/>
+      <c r="N18" s="86"/>
+      <c r="O18" s="86"/>
+      <c r="P18" s="86"/>
+      <c r="Q18" s="86"/>
+      <c r="R18" s="86"/>
+      <c r="S18" s="86"/>
       <c r="V18" s="1" t="b">
         <v>0</v>
       </c>
       <c r="W18" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X18" s="1" t="str">
         <f>IF(V18=TRUE,F18,IF(W18=TRUE,H18,""))</f>
         <v/>
       </c>
     </row>
     <row r="19" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B19" s="21"/>
       <c r="C19" s="21"/>
     </row>
     <row r="20" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B20" s="93" t="s">
+      <c r="B20" s="88" t="s">
         <v>34</v>
       </c>
-      <c r="C20" s="93"/>
-[...2 lines deleted...]
-      <c r="F20" s="91"/>
+      <c r="C20" s="88"/>
+      <c r="D20" s="88"/>
+      <c r="E20" s="86"/>
+      <c r="F20" s="86"/>
       <c r="G20" s="23" t="s">
         <v>10</v>
       </c>
       <c r="H20" s="22"/>
       <c r="I20" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J20" s="22"/>
       <c r="K20" s="22" t="s">
         <v>12</v>
       </c>
       <c r="L20" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="M20" s="91"/>
-[...1 lines deleted...]
-      <c r="O20" s="53" t="s">
+      <c r="M20" s="86"/>
+      <c r="N20" s="86"/>
+      <c r="O20" s="23" t="s">
         <v>10</v>
       </c>
-      <c r="P20" s="54"/>
-      <c r="Q20" s="54" t="s">
+      <c r="P20" s="22"/>
+      <c r="Q20" s="22" t="s">
         <v>11</v>
       </c>
-      <c r="R20" s="54"/>
-      <c r="S20" s="54" t="s">
+      <c r="R20" s="22"/>
+      <c r="S20" s="22" t="s">
         <v>12</v>
       </c>
       <c r="T20" s="19"/>
       <c r="V20" s="27" t="str">
         <f>E20&amp;"/"&amp;H20&amp;"/"&amp;J20</f>
         <v>//</v>
       </c>
       <c r="W20" s="27" t="str">
         <f>M20&amp;"/"&amp;P20&amp;"/"&amp;R20</f>
         <v>//</v>
       </c>
     </row>
     <row r="21" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="22" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B22" s="93" t="s">
-[...7 lines deleted...]
-      <c r="H22" s="97"/>
+      <c r="B22" s="88" t="s">
+        <v>149</v>
+      </c>
+      <c r="C22" s="88"/>
+      <c r="D22" s="88"/>
+      <c r="E22" s="88"/>
+      <c r="F22" s="92"/>
+      <c r="G22" s="92"/>
+      <c r="H22" s="92"/>
       <c r="I22" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="J22" s="93" t="s">
-[...10 lines deleted...]
-      <c r="S22" s="92"/>
+      <c r="J22" s="88" t="s">
+        <v>150</v>
+      </c>
+      <c r="K22" s="88"/>
+      <c r="L22" s="88"/>
+      <c r="M22" s="88"/>
+      <c r="N22" s="88"/>
+      <c r="O22" s="87"/>
+      <c r="P22" s="87"/>
+      <c r="Q22" s="87"/>
+      <c r="R22" s="87"/>
+      <c r="S22" s="87"/>
     </row>
     <row r="23" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="24" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B24" s="65" t="s">
+      <c r="B24" s="61" t="s">
         <v>47</v>
       </c>
-      <c r="C24" s="93"/>
-[...3 lines deleted...]
-      <c r="G24" s="92"/>
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="88"/>
+      <c r="F24" s="87"/>
+      <c r="G24" s="87"/>
     </row>
     <row r="25" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="26" spans="2:24" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B26" s="39" t="s">
+      <c r="B26" s="38" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="27" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="28" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B28" s="93" t="s">
+      <c r="B28" s="88" t="s">
         <v>25</v>
       </c>
-      <c r="C28" s="93"/>
-[...3 lines deleted...]
-      <c r="G28" s="91"/>
+      <c r="C28" s="88"/>
+      <c r="D28" s="88"/>
+      <c r="E28" s="88"/>
+      <c r="F28" s="86"/>
+      <c r="G28" s="86"/>
       <c r="H28" s="23" t="s">
         <v>10</v>
       </c>
       <c r="I28" s="22"/>
       <c r="J28" s="22" t="s">
         <v>11</v>
       </c>
       <c r="K28" s="22"/>
       <c r="L28" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="M28" s="93" t="s">
+      <c r="M28" s="88" t="s">
         <v>26</v>
       </c>
-      <c r="N28" s="93"/>
-[...4 lines deleted...]
-      <c r="S28" s="96"/>
+      <c r="N28" s="88"/>
+      <c r="O28" s="88"/>
+      <c r="P28" s="88"/>
+      <c r="Q28" s="91"/>
+      <c r="R28" s="91"/>
+      <c r="S28" s="91"/>
       <c r="T28" s="1" t="s">
         <v>27</v>
       </c>
       <c r="V28" s="27" t="str">
         <f>F28&amp;"/"&amp;I28&amp;"/"&amp;K28</f>
         <v>//</v>
       </c>
     </row>
     <row r="29" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="30" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B30" s="93" t="s">
+      <c r="B30" s="88" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="93"/>
-[...4 lines deleted...]
-      <c r="H30" s="96"/>
+      <c r="C30" s="88"/>
+      <c r="D30" s="88"/>
+      <c r="E30" s="88"/>
+      <c r="F30" s="91"/>
+      <c r="G30" s="91"/>
+      <c r="H30" s="91"/>
       <c r="I30" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="J30" s="93" t="s">
+      <c r="J30" s="88" t="s">
         <v>55</v>
       </c>
-      <c r="K30" s="93"/>
-[...4 lines deleted...]
-      <c r="P30" s="96"/>
+      <c r="K30" s="88"/>
+      <c r="L30" s="88"/>
+      <c r="M30" s="88"/>
+      <c r="N30" s="91"/>
+      <c r="O30" s="91"/>
+      <c r="P30" s="91"/>
       <c r="Q30" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="2:24" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="32" spans="2:24" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="20" t="s">
         <v>53</v>
       </c>
       <c r="C32" s="20"/>
       <c r="D32" s="20"/>
       <c r="E32" s="20"/>
-      <c r="F32" s="96"/>
-[...4 lines deleted...]
-      <c r="K32" s="96"/>
+      <c r="F32" s="91"/>
+      <c r="G32" s="91"/>
+      <c r="H32" s="91"/>
+      <c r="I32" s="91"/>
+      <c r="J32" s="91"/>
+      <c r="K32" s="91"/>
       <c r="U32" s="19"/>
       <c r="V32" s="19"/>
     </row>
     <row r="33" spans="2:27" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="34" spans="2:27" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B34" s="65" t="s">
+      <c r="B34" s="61" t="s">
         <v>59</v>
       </c>
-      <c r="C34" s="65"/>
-[...5 lines deleted...]
-      <c r="I34" s="96"/>
+      <c r="C34" s="61"/>
+      <c r="D34" s="61"/>
+      <c r="E34" s="61"/>
+      <c r="F34" s="61"/>
+      <c r="G34" s="91"/>
+      <c r="H34" s="91"/>
+      <c r="I34" s="91"/>
       <c r="J34" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="K34" s="52" t="s">
+      <c r="K34" s="51" t="s">
         <v>60</v>
       </c>
       <c r="V34" s="19"/>
     </row>
     <row r="35" spans="2:27" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="36" spans="2:27" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B36" s="39" t="s">
+      <c r="B36" s="38" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="37" spans="2:27" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="38" spans="2:27" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B38" s="93" t="s">
+      <c r="B38" s="88" t="s">
         <v>35</v>
       </c>
-      <c r="C38" s="93"/>
-[...2 lines deleted...]
-      <c r="G38" s="93" t="s">
+      <c r="C38" s="88"/>
+      <c r="D38" s="88"/>
+      <c r="E38" s="88"/>
+      <c r="G38" s="88" t="s">
         <v>37</v>
       </c>
-      <c r="H38" s="93"/>
-      <c r="J38" s="93" t="s">
+      <c r="H38" s="88"/>
+      <c r="J38" s="88" t="s">
         <v>36</v>
       </c>
-      <c r="K38" s="93"/>
-      <c r="M38" s="93" t="s">
+      <c r="K38" s="88"/>
+      <c r="M38" s="88" t="s">
         <v>41</v>
       </c>
-      <c r="N38" s="93"/>
+      <c r="N38" s="88"/>
       <c r="V38" s="1" t="b">
         <v>0</v>
       </c>
       <c r="W38" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X38" s="1" t="b">
         <v>0</v>
       </c>
       <c r="Y38" s="10" t="str">
         <f>IF(V38=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="Z38" s="10" t="str">
         <f>IF(W38=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="AA38" s="10" t="str">
         <f>IF(X38=TRUE,"○","")</f>
         <v/>
       </c>
     </row>
     <row r="39" spans="2:27" s="1" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
       <c r="B39" s="20"/>
       <c r="C39" s="20"/>
       <c r="D39" s="20"/>
       <c r="E39" s="20"/>
       <c r="G39" s="20"/>
       <c r="H39" s="20"/>
       <c r="J39" s="20"/>
       <c r="K39" s="20"/>
       <c r="N39" s="25" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="40" spans="2:27" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B40" s="20"/>
       <c r="C40" s="20"/>
       <c r="D40" s="20"/>
       <c r="E40" s="20"/>
       <c r="G40" s="1" t="s">
         <v>38</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="K40" s="93" t="s">
+      <c r="K40" s="88" t="s">
         <v>5</v>
       </c>
-      <c r="L40" s="93"/>
+      <c r="L40" s="88"/>
       <c r="M40" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="N40" s="97"/>
-[...4 lines deleted...]
-      <c r="S40" s="97"/>
+      <c r="N40" s="92"/>
+      <c r="O40" s="92"/>
+      <c r="P40" s="92"/>
+      <c r="Q40" s="92"/>
+      <c r="R40" s="92"/>
+      <c r="S40" s="92"/>
       <c r="T40" s="20"/>
       <c r="V40" s="1" t="b">
         <v>0</v>
       </c>
       <c r="W40" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X40" s="1" t="b">
         <v>0</v>
       </c>
       <c r="Y40" s="10" t="str">
         <f>IF(V40=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="Z40" s="10" t="str">
         <f>IF(W40=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="AA40" s="10" t="str">
         <f>IF(X40=TRUE,"○","")</f>
         <v/>
       </c>
     </row>
     <row r="41" spans="2:27" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="42" spans="2:27" s="1" customFormat="1" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B42" s="93" t="s">
+      <c r="B42" s="88" t="s">
         <v>42</v>
       </c>
-      <c r="C42" s="93"/>
-[...2 lines deleted...]
-      <c r="F42" s="97"/>
+      <c r="C42" s="88"/>
+      <c r="D42" s="92"/>
+      <c r="E42" s="92"/>
+      <c r="F42" s="92"/>
       <c r="G42" s="19" t="s">
         <v>9</v>
       </c>
       <c r="U42" s="19"/>
       <c r="V42" s="19"/>
     </row>
     <row r="43" spans="2:27" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="44" spans="2:27" s="33" customFormat="1" ht="14.25" x14ac:dyDescent="0.4">
-      <c r="B44" s="40" t="s">
+      <c r="B44" s="39" t="s">
         <v>78</v>
       </c>
       <c r="C44" s="26"/>
       <c r="D44" s="26"/>
       <c r="E44" s="26"/>
       <c r="F44" s="26"/>
       <c r="G44" s="26"/>
       <c r="H44" s="26"/>
     </row>
     <row r="45" spans="2:27" s="33" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B45" s="26"/>
       <c r="C45" s="26"/>
       <c r="D45" s="26"/>
       <c r="E45" s="26"/>
       <c r="F45" s="26"/>
       <c r="G45" s="26"/>
       <c r="H45" s="26"/>
     </row>
     <row r="46" spans="2:27" s="33" customFormat="1" ht="29.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B46" s="94" t="s">
+      <c r="B46" s="89" t="s">
         <v>79</v>
       </c>
-      <c r="C46" s="94"/>
-[...14 lines deleted...]
-      <c r="S46" s="95"/>
+      <c r="C46" s="89"/>
+      <c r="D46" s="89"/>
+      <c r="F46" s="90"/>
+      <c r="G46" s="90"/>
+      <c r="H46" s="90"/>
+      <c r="I46" s="90"/>
+      <c r="J46" s="90"/>
+      <c r="K46" s="90"/>
+      <c r="L46" s="90"/>
+      <c r="M46" s="90"/>
+      <c r="N46" s="90"/>
+      <c r="O46" s="90"/>
+      <c r="P46" s="90"/>
+      <c r="Q46" s="90"/>
+      <c r="R46" s="90"/>
+      <c r="S46" s="90"/>
     </row>
     <row r="47" spans="2:27" s="33" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B47" s="26"/>
     </row>
     <row r="48" spans="2:27" x14ac:dyDescent="0.4">
       <c r="B48" s="34"/>
       <c r="C48" s="34"/>
       <c r="D48" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="48">
     <mergeCell ref="C13:G14"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="J38:K38"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="B18:D18"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="H13:H14"/>
     <mergeCell ref="I13:M14"/>
     <mergeCell ref="L18:S18"/>
     <mergeCell ref="F28:G28"/>
     <mergeCell ref="F22:H22"/>
     <mergeCell ref="J22:N22"/>
@@ -8876,1066 +8869,1067 @@
                   <to>
                     <xdr:col>8</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>14</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24AA989F-2869-4043-A2F3-64599B4FA189}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AR67"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C1" sqref="C1"/>
+      <selection activeCell="B22" sqref="B22:E22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.75" defaultRowHeight="14.25" outlineLevelCol="1" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="22" width="4.5" style="1" customWidth="1"/>
     <col min="23" max="25" width="12" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="26" max="28" width="3.125" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="29" max="29" width="8.75" style="1" hidden="1" customWidth="1" outlineLevel="1"/>
     <col min="30" max="30" width="8.75" style="1" collapsed="1"/>
     <col min="31" max="16384" width="8.75" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" ht="16.5" x14ac:dyDescent="0.4">
       <c r="A1" s="18" t="s">
         <v>48</v>
       </c>
       <c r="D1" s="32" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3" spans="1:44" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="102" t="s">
+      <c r="B3" s="97" t="s">
         <v>22</v>
       </c>
-      <c r="C3" s="102"/>
-[...17 lines deleted...]
-      <c r="S3" s="99"/>
+      <c r="C3" s="97"/>
+      <c r="D3" s="97"/>
+      <c r="E3" s="94" t="s">
+        <v>163</v>
+      </c>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
       <c r="T3" s="24"/>
     </row>
     <row r="4" spans="1:44" x14ac:dyDescent="0.4">
       <c r="B4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="19"/>
       <c r="D4" s="19"/>
       <c r="E4" s="19"/>
       <c r="F4" s="19"/>
       <c r="G4" s="19"/>
       <c r="H4" s="19"/>
       <c r="I4" s="19"/>
       <c r="J4" s="19"/>
       <c r="K4" s="19"/>
       <c r="L4" s="19"/>
       <c r="M4" s="19"/>
       <c r="N4" s="19"/>
       <c r="O4" s="19"/>
       <c r="P4" s="19"/>
     </row>
     <row r="5" spans="1:44" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B5" s="19"/>
       <c r="C5" s="19"/>
       <c r="D5" s="19"/>
       <c r="E5" s="19"/>
       <c r="F5" s="19"/>
       <c r="G5" s="19"/>
       <c r="H5" s="19"/>
       <c r="I5" s="19"/>
       <c r="J5" s="19"/>
       <c r="K5" s="19"/>
       <c r="L5" s="19"/>
       <c r="M5" s="19"/>
       <c r="N5" s="19"/>
       <c r="O5" s="19"/>
       <c r="P5" s="19"/>
     </row>
     <row r="6" spans="1:44" ht="14.45" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="39" t="s">
+      <c r="B6" s="38" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="19"/>
       <c r="D6" s="19"/>
       <c r="E6" s="19"/>
       <c r="F6" s="19"/>
       <c r="G6" s="19"/>
       <c r="H6" s="19"/>
       <c r="I6" s="19"/>
       <c r="J6" s="19"/>
       <c r="K6" s="19"/>
       <c r="L6" s="19"/>
       <c r="M6" s="19"/>
       <c r="N6" s="19"/>
       <c r="O6" s="19"/>
       <c r="P6" s="19"/>
     </row>
     <row r="7" spans="1:44" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="8" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B8" s="100"/>
-      <c r="C8" s="94" t="s">
+      <c r="B8" s="95"/>
+      <c r="C8" s="89" t="s">
         <v>93</v>
       </c>
-      <c r="D8" s="94"/>
-[...6 lines deleted...]
-      <c r="K8" s="94" t="s">
+      <c r="D8" s="89"/>
+      <c r="E8" s="89"/>
+      <c r="F8" s="89"/>
+      <c r="G8" s="89"/>
+      <c r="H8" s="89"/>
+      <c r="I8" s="89"/>
+      <c r="J8" s="95"/>
+      <c r="K8" s="89" t="s">
         <v>92</v>
       </c>
-      <c r="L8" s="94"/>
-[...2 lines deleted...]
-      <c r="O8" s="94"/>
+      <c r="L8" s="89"/>
+      <c r="M8" s="89"/>
+      <c r="N8" s="89"/>
+      <c r="O8" s="89"/>
       <c r="W8" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X8" s="1" t="b">
         <v>0</v>
       </c>
       <c r="Z8" s="10" t="str">
         <f>IF(W8=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="AA8" s="10" t="str">
         <f t="shared" ref="AA8" si="0">IF(X8=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="AB8" s="10"/>
     </row>
     <row r="9" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B9" s="100"/>
-[...12 lines deleted...]
-      <c r="O9" s="94"/>
+      <c r="B9" s="95"/>
+      <c r="C9" s="89"/>
+      <c r="D9" s="89"/>
+      <c r="E9" s="89"/>
+      <c r="F9" s="89"/>
+      <c r="G9" s="89"/>
+      <c r="H9" s="89"/>
+      <c r="I9" s="89"/>
+      <c r="J9" s="95"/>
+      <c r="K9" s="89"/>
+      <c r="L9" s="89"/>
+      <c r="M9" s="89"/>
+      <c r="N9" s="89"/>
+      <c r="O9" s="89"/>
       <c r="Z9" s="10"/>
       <c r="AA9" s="10"/>
       <c r="AB9" s="10"/>
     </row>
     <row r="10" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B10" s="100"/>
-      <c r="C10" s="93" t="s">
+      <c r="B10" s="95"/>
+      <c r="C10" s="88" t="s">
         <v>67</v>
       </c>
-      <c r="D10" s="93"/>
-[...6 lines deleted...]
-      <c r="K10" s="93" t="s">
+      <c r="D10" s="88"/>
+      <c r="E10" s="88"/>
+      <c r="F10" s="88"/>
+      <c r="G10" s="88"/>
+      <c r="H10" s="88"/>
+      <c r="I10" s="88"/>
+      <c r="J10" s="95"/>
+      <c r="K10" s="88" t="s">
         <v>68</v>
       </c>
-      <c r="L10" s="93"/>
-[...3 lines deleted...]
-      <c r="P10" s="93" t="s">
+      <c r="L10" s="88"/>
+      <c r="M10" s="88"/>
+      <c r="N10" s="88"/>
+      <c r="O10" s="95"/>
+      <c r="P10" s="88" t="s">
         <v>69</v>
       </c>
-      <c r="Q10" s="93"/>
-[...3 lines deleted...]
-      <c r="U10" s="93"/>
+      <c r="Q10" s="88"/>
+      <c r="R10" s="88"/>
+      <c r="S10" s="88"/>
+      <c r="T10" s="88"/>
+      <c r="U10" s="88"/>
       <c r="W10" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X10" s="1" t="b">
         <v>0</v>
       </c>
       <c r="Y10" s="1" t="b">
         <v>0</v>
       </c>
       <c r="Z10" s="10" t="str">
         <f t="shared" ref="Z10:AB12" si="1">IF(W10=TRUE,"○","")</f>
         <v/>
       </c>
       <c r="AA10" s="10" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="AB10" s="10" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
     </row>
     <row r="11" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B11" s="100"/>
-[...18 lines deleted...]
-      <c r="U11" s="93"/>
+      <c r="B11" s="95"/>
+      <c r="C11" s="88"/>
+      <c r="D11" s="88"/>
+      <c r="E11" s="88"/>
+      <c r="F11" s="88"/>
+      <c r="G11" s="88"/>
+      <c r="H11" s="88"/>
+      <c r="I11" s="88"/>
+      <c r="J11" s="95"/>
+      <c r="K11" s="88"/>
+      <c r="L11" s="88"/>
+      <c r="M11" s="88"/>
+      <c r="N11" s="88"/>
+      <c r="O11" s="95"/>
+      <c r="P11" s="88"/>
+      <c r="Q11" s="88"/>
+      <c r="R11" s="88"/>
+      <c r="S11" s="88"/>
+      <c r="T11" s="88"/>
+      <c r="U11" s="88"/>
       <c r="Z11" s="10"/>
       <c r="AA11" s="10"/>
       <c r="AB11" s="10"/>
     </row>
     <row r="12" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B12" s="100"/>
-[...9 lines deleted...]
-      <c r="J12" s="93" t="s">
+      <c r="B12" s="95"/>
+      <c r="C12" s="89" t="s">
+        <v>154</v>
+      </c>
+      <c r="D12" s="89"/>
+      <c r="E12" s="89"/>
+      <c r="F12" s="89"/>
+      <c r="G12" s="89"/>
+      <c r="H12" s="89"/>
+      <c r="I12" s="95"/>
+      <c r="J12" s="88" t="s">
         <v>70</v>
       </c>
-      <c r="K12" s="93"/>
-[...2 lines deleted...]
-      <c r="N12" s="93"/>
+      <c r="K12" s="88"/>
+      <c r="L12" s="88"/>
+      <c r="M12" s="88"/>
+      <c r="N12" s="88"/>
       <c r="O12" s="20"/>
       <c r="P12" s="20"/>
       <c r="Q12" s="20"/>
       <c r="R12" s="20"/>
       <c r="W12" s="1" t="b">
         <v>0</v>
       </c>
       <c r="X12" s="1" t="b">
         <v>0</v>
       </c>
       <c r="Z12" s="10" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="AA12" s="10" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="AB12" s="10"/>
       <c r="AM12" s="10"/>
       <c r="AN12" s="20"/>
       <c r="AO12" s="20"/>
       <c r="AP12" s="20"/>
       <c r="AQ12" s="20"/>
       <c r="AR12" s="20"/>
     </row>
     <row r="13" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B13" s="100"/>
-[...11 lines deleted...]
-      <c r="N13" s="93"/>
+      <c r="B13" s="95"/>
+      <c r="C13" s="89"/>
+      <c r="D13" s="89"/>
+      <c r="E13" s="89"/>
+      <c r="F13" s="89"/>
+      <c r="G13" s="89"/>
+      <c r="H13" s="89"/>
+      <c r="I13" s="95"/>
+      <c r="J13" s="88"/>
+      <c r="K13" s="88"/>
+      <c r="L13" s="88"/>
+      <c r="M13" s="88"/>
+      <c r="N13" s="88"/>
       <c r="O13" s="20"/>
       <c r="P13" s="20"/>
       <c r="Q13" s="20"/>
       <c r="R13" s="20"/>
       <c r="AM13" s="10"/>
       <c r="AN13" s="20"/>
       <c r="AO13" s="20"/>
       <c r="AP13" s="20"/>
       <c r="AQ13" s="20"/>
       <c r="AR13" s="20"/>
     </row>
     <row r="15" spans="1:44" x14ac:dyDescent="0.4">
-      <c r="B15" s="39" t="s">
+      <c r="B15" s="38" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:44" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="17" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B17" s="93" t="s">
+      <c r="B17" s="88" t="s">
         <v>8</v>
       </c>
-      <c r="C17" s="93"/>
-[...16 lines deleted...]
-      <c r="T17" s="63"/>
+      <c r="C17" s="88"/>
+      <c r="D17" s="88"/>
+      <c r="E17" s="59"/>
+      <c r="F17" s="59"/>
+      <c r="G17" s="59"/>
+      <c r="H17" s="59"/>
+      <c r="I17" s="59"/>
+      <c r="J17" s="59"/>
+      <c r="K17" s="59"/>
+      <c r="L17" s="59"/>
+      <c r="M17" s="59"/>
+      <c r="N17" s="59"/>
+      <c r="O17" s="59"/>
+      <c r="P17" s="59"/>
+      <c r="Q17" s="59"/>
+      <c r="R17" s="59"/>
+      <c r="S17" s="59"/>
+      <c r="T17" s="59"/>
     </row>
     <row r="18" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B18" s="21"/>
       <c r="C18" s="21"/>
     </row>
     <row r="19" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B19" s="93" t="s">
+      <c r="B19" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="C19" s="93"/>
-[...2 lines deleted...]
-      <c r="F19" s="91"/>
+      <c r="C19" s="88"/>
+      <c r="D19" s="88"/>
+      <c r="E19" s="86"/>
+      <c r="F19" s="86"/>
       <c r="G19" s="23" t="s">
         <v>10</v>
       </c>
       <c r="H19" s="22"/>
       <c r="I19" s="22" t="s">
         <v>11</v>
       </c>
       <c r="J19" s="22"/>
       <c r="K19" s="22" t="s">
         <v>12</v>
       </c>
       <c r="L19" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="M19" s="91"/>
-      <c r="N19" s="91"/>
+      <c r="M19" s="86"/>
+      <c r="N19" s="86"/>
       <c r="O19" s="23" t="s">
         <v>10</v>
       </c>
       <c r="P19" s="22"/>
       <c r="Q19" s="22" t="s">
         <v>11</v>
       </c>
       <c r="R19" s="22"/>
       <c r="S19" s="22" t="s">
         <v>12</v>
       </c>
       <c r="T19" s="19"/>
       <c r="W19" s="26" t="str">
         <f>E19&amp;"/"&amp;H19&amp;"/"&amp;J19</f>
         <v>//</v>
       </c>
       <c r="X19" s="26" t="str">
         <f>M19&amp;"/"&amp;P19&amp;"/"&amp;R19</f>
         <v>//</v>
       </c>
     </row>
     <row r="20" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="21" spans="2:24" x14ac:dyDescent="0.25">
       <c r="C21" s="32"/>
       <c r="Q21" s="25" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="22" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B22" s="38" t="s">
-[...7 lines deleted...]
-      <c r="I22" s="65" t="s">
+      <c r="B22" s="125" t="s">
+        <v>174</v>
+      </c>
+      <c r="C22" s="125"/>
+      <c r="D22" s="125"/>
+      <c r="E22" s="125"/>
+      <c r="F22" s="87"/>
+      <c r="G22" s="87"/>
+      <c r="I22" s="61" t="s">
         <v>82</v>
       </c>
-      <c r="J22" s="65"/>
-[...4 lines deleted...]
-      <c r="O22" s="104"/>
+      <c r="J22" s="61"/>
+      <c r="K22" s="61"/>
+      <c r="L22" s="61"/>
+      <c r="M22" s="99"/>
+      <c r="N22" s="99"/>
+      <c r="O22" s="99"/>
       <c r="P22" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="Q22" s="97"/>
-[...4 lines deleted...]
-      <c r="V22" s="97"/>
+      <c r="Q22" s="92"/>
+      <c r="R22" s="92"/>
+      <c r="S22" s="92"/>
+      <c r="T22" s="92"/>
+      <c r="U22" s="92"/>
+      <c r="V22" s="92"/>
     </row>
     <row r="23" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="24" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B24" s="65" t="s">
+      <c r="B24" s="61" t="s">
         <v>24</v>
       </c>
-      <c r="C24" s="93"/>
-[...8 lines deleted...]
-      <c r="L24" s="114"/>
+      <c r="C24" s="88"/>
+      <c r="D24" s="88"/>
+      <c r="E24" s="88"/>
+      <c r="F24" s="88"/>
+      <c r="G24" s="88"/>
+      <c r="H24" s="109"/>
+      <c r="I24" s="109"/>
+      <c r="J24" s="109"/>
+      <c r="K24" s="109"/>
+      <c r="L24" s="109"/>
     </row>
     <row r="25" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="26" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B26" s="115" t="s">
-[...13 lines deleted...]
-      <c r="N26" s="114"/>
+      <c r="B26" s="110" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" s="110"/>
+      <c r="D26" s="110"/>
+      <c r="E26" s="110"/>
+      <c r="F26" s="110"/>
+      <c r="G26" s="110"/>
+      <c r="H26" s="110"/>
+      <c r="I26" s="110"/>
+      <c r="J26" s="109"/>
+      <c r="K26" s="109"/>
+      <c r="L26" s="109"/>
+      <c r="M26" s="109"/>
+      <c r="N26" s="109"/>
     </row>
     <row r="27" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="28" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B28" s="39" t="s">
+      <c r="B28" s="38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="30" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B30" s="93" t="s">
+      <c r="B30" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="C30" s="93"/>
-[...2 lines deleted...]
-      <c r="F30" s="97"/>
+      <c r="C30" s="88"/>
+      <c r="D30" s="92"/>
+      <c r="E30" s="92"/>
+      <c r="F30" s="92"/>
       <c r="G30" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="H30" s="93" t="s">
+      <c r="H30" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="I30" s="93"/>
-[...1 lines deleted...]
-      <c r="K30" s="103"/>
+      <c r="I30" s="88"/>
+      <c r="J30" s="98"/>
+      <c r="K30" s="98"/>
       <c r="L30" s="23" t="s">
         <v>10</v>
       </c>
       <c r="M30" s="22"/>
       <c r="N30" s="22" t="s">
         <v>11</v>
       </c>
       <c r="O30" s="22"/>
       <c r="P30" s="22" t="s">
         <v>12</v>
       </c>
       <c r="W30" s="26" t="str">
         <f>J30&amp;"/"&amp;M30&amp;"/"&amp;O30</f>
         <v>//</v>
       </c>
     </row>
     <row r="31" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="32" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B32" s="93" t="s">
+      <c r="B32" s="88" t="s">
         <v>19</v>
       </c>
-      <c r="C32" s="93"/>
-[...13 lines deleted...]
-      <c r="Q32" s="104"/>
+      <c r="C32" s="88"/>
+      <c r="D32" s="88"/>
+      <c r="E32" s="88"/>
+      <c r="F32" s="88"/>
+      <c r="G32" s="88"/>
+      <c r="H32" s="88"/>
+      <c r="I32" s="88"/>
+      <c r="J32" s="99"/>
+      <c r="K32" s="99"/>
+      <c r="L32" s="99"/>
+      <c r="M32" s="99"/>
+      <c r="N32" s="99"/>
+      <c r="O32" s="99"/>
+      <c r="P32" s="99"/>
+      <c r="Q32" s="99"/>
       <c r="U32" s="19"/>
       <c r="V32" s="19"/>
     </row>
     <row r="33" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="34" spans="2:23" x14ac:dyDescent="0.4">
-      <c r="B34" s="39" t="s">
+      <c r="B34" s="38" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="36" spans="2:23" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B36" s="93" t="s">
+      <c r="B36" s="88" t="s">
         <v>15</v>
       </c>
-      <c r="C36" s="93"/>
-[...2 lines deleted...]
-      <c r="F36" s="92"/>
+      <c r="C36" s="88"/>
+      <c r="D36" s="87"/>
+      <c r="E36" s="87"/>
+      <c r="F36" s="87"/>
       <c r="G36" s="19" t="s">
         <v>9</v>
       </c>
-      <c r="H36" s="93" t="s">
+      <c r="H36" s="88" t="s">
         <v>16</v>
       </c>
-      <c r="I36" s="93"/>
-[...1 lines deleted...]
-      <c r="K36" s="103"/>
+      <c r="I36" s="88"/>
+      <c r="J36" s="98"/>
+      <c r="K36" s="98"/>
       <c r="L36" s="23" t="s">
         <v>10</v>
       </c>
       <c r="M36" s="22"/>
       <c r="N36" s="22" t="s">
         <v>11</v>
       </c>
       <c r="O36" s="22"/>
       <c r="P36" s="22" t="s">
         <v>12</v>
       </c>
       <c r="W36" s="26" t="str">
         <f>J36&amp;"/"&amp;M36&amp;"/"&amp;O36</f>
         <v>//</v>
       </c>
     </row>
     <row r="37" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="38" spans="2:23" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B38" s="93" t="s">
+      <c r="B38" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="C38" s="93"/>
-[...16 lines deleted...]
-      <c r="T38" s="63"/>
+      <c r="C38" s="88"/>
+      <c r="D38" s="88"/>
+      <c r="E38" s="88"/>
+      <c r="F38" s="59"/>
+      <c r="G38" s="59"/>
+      <c r="H38" s="59"/>
+      <c r="I38" s="59"/>
+      <c r="J38" s="59"/>
+      <c r="K38" s="59"/>
+      <c r="L38" s="59"/>
+      <c r="M38" s="59"/>
+      <c r="N38" s="59"/>
+      <c r="O38" s="59"/>
+      <c r="P38" s="59"/>
+      <c r="Q38" s="59"/>
+      <c r="R38" s="59"/>
+      <c r="S38" s="59"/>
+      <c r="T38" s="59"/>
     </row>
     <row r="39" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="40" spans="2:23" x14ac:dyDescent="0.4">
-      <c r="B40" s="40" t="s">
-        <v>157</v>
+      <c r="B40" s="39" t="s">
+        <v>156</v>
       </c>
     </row>
     <row r="41" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="42" spans="2:23" x14ac:dyDescent="0.25">
       <c r="F42" s="25" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="43" spans="2:23" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B43" s="93" t="s">
+      <c r="B43" s="88" t="s">
         <v>21</v>
       </c>
-      <c r="C43" s="93"/>
-[...16 lines deleted...]
-      <c r="T43" s="63"/>
+      <c r="C43" s="88"/>
+      <c r="D43" s="88"/>
+      <c r="E43" s="88"/>
+      <c r="F43" s="59"/>
+      <c r="G43" s="59"/>
+      <c r="H43" s="59"/>
+      <c r="I43" s="59"/>
+      <c r="J43" s="59"/>
+      <c r="K43" s="59"/>
+      <c r="L43" s="59"/>
+      <c r="M43" s="59"/>
+      <c r="N43" s="59"/>
+      <c r="O43" s="59"/>
+      <c r="P43" s="59"/>
+      <c r="Q43" s="59"/>
+      <c r="R43" s="59"/>
+      <c r="S43" s="59"/>
+      <c r="T43" s="59"/>
     </row>
     <row r="44" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="45" spans="2:23" x14ac:dyDescent="0.4">
-      <c r="B45" s="39" t="s">
+      <c r="B45" s="38" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="46" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="47" spans="2:23" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B47" s="93" t="s">
+      <c r="B47" s="88" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="93"/>
-[...16 lines deleted...]
-      <c r="T47" s="104"/>
+      <c r="C47" s="88"/>
+      <c r="D47" s="88"/>
+      <c r="E47" s="99"/>
+      <c r="F47" s="99"/>
+      <c r="G47" s="99"/>
+      <c r="H47" s="99"/>
+      <c r="I47" s="99"/>
+      <c r="J47" s="99"/>
+      <c r="K47" s="99"/>
+      <c r="L47" s="99"/>
+      <c r="M47" s="99"/>
+      <c r="N47" s="99"/>
+      <c r="O47" s="99"/>
+      <c r="P47" s="99"/>
+      <c r="Q47" s="99"/>
+      <c r="R47" s="99"/>
+      <c r="S47" s="99"/>
+      <c r="T47" s="99"/>
     </row>
     <row r="48" spans="2:23" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B48" s="21"/>
       <c r="C48" s="21"/>
     </row>
     <row r="49" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B49" s="93" t="s">
+      <c r="B49" s="88" t="s">
         <v>13</v>
       </c>
-      <c r="C49" s="93"/>
-[...2 lines deleted...]
-      <c r="F49" s="91"/>
+      <c r="C49" s="88"/>
+      <c r="D49" s="88"/>
+      <c r="E49" s="86"/>
+      <c r="F49" s="86"/>
       <c r="G49" s="23" t="s">
         <v>10</v>
       </c>
       <c r="H49" s="22"/>
       <c r="I49" s="22" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="J49" s="22"/>
       <c r="K49" s="22" t="s">
         <v>12</v>
       </c>
       <c r="L49" s="10" t="s">
         <v>14</v>
       </c>
-      <c r="M49" s="91"/>
-      <c r="N49" s="91"/>
+      <c r="M49" s="86"/>
+      <c r="N49" s="86"/>
       <c r="O49" s="23" t="s">
         <v>10</v>
       </c>
       <c r="P49" s="22"/>
       <c r="Q49" s="22" t="s">
         <v>11</v>
       </c>
       <c r="R49" s="22"/>
       <c r="S49" s="22" t="s">
         <v>12</v>
       </c>
       <c r="T49" s="19"/>
       <c r="W49" s="27" t="str">
         <f>E49&amp;"/"&amp;H49&amp;"/"&amp;J49</f>
         <v>//</v>
       </c>
       <c r="X49" s="27" t="str">
         <f>M49&amp;"/"&amp;P49&amp;"/"&amp;R49</f>
         <v>//</v>
       </c>
     </row>
     <row r="50" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="51" spans="2:24" x14ac:dyDescent="0.25">
       <c r="J51" s="25" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="52" spans="2:24" ht="28.9" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="B52" s="65" t="s">
+      <c r="B52" s="61" t="s">
         <v>43</v>
       </c>
-      <c r="C52" s="65"/>
-[...4 lines deleted...]
-      <c r="H52" s="104"/>
+      <c r="C52" s="61"/>
+      <c r="D52" s="61"/>
+      <c r="E52" s="61"/>
+      <c r="F52" s="99"/>
+      <c r="G52" s="99"/>
+      <c r="H52" s="99"/>
       <c r="I52" s="10" t="s">
         <v>32</v>
       </c>
-      <c r="J52" s="97"/>
-[...4 lines deleted...]
-      <c r="O52" s="97"/>
+      <c r="J52" s="92"/>
+      <c r="K52" s="92"/>
+      <c r="L52" s="92"/>
+      <c r="M52" s="92"/>
+      <c r="N52" s="92"/>
+      <c r="O52" s="92"/>
       <c r="V52" s="29"/>
     </row>
     <row r="53" spans="2:24" ht="6" customHeight="1" x14ac:dyDescent="0.4"/>
     <row r="54" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B54" s="39" t="s">
+      <c r="B54" s="38" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="55" spans="2:24" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B55" s="39"/>
+      <c r="B55" s="38"/>
     </row>
     <row r="56" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B56" s="105"/>
-[...17 lines deleted...]
-      <c r="T56" s="107"/>
+      <c r="B56" s="100"/>
+      <c r="C56" s="101"/>
+      <c r="D56" s="101"/>
+      <c r="E56" s="101"/>
+      <c r="F56" s="101"/>
+      <c r="G56" s="101"/>
+      <c r="H56" s="101"/>
+      <c r="I56" s="101"/>
+      <c r="J56" s="101"/>
+      <c r="K56" s="101"/>
+      <c r="L56" s="101"/>
+      <c r="M56" s="101"/>
+      <c r="N56" s="101"/>
+      <c r="O56" s="101"/>
+      <c r="P56" s="101"/>
+      <c r="Q56" s="101"/>
+      <c r="R56" s="101"/>
+      <c r="S56" s="101"/>
+      <c r="T56" s="102"/>
     </row>
     <row r="57" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B57" s="108"/>
-[...17 lines deleted...]
-      <c r="T57" s="110"/>
+      <c r="B57" s="103"/>
+      <c r="C57" s="104"/>
+      <c r="D57" s="104"/>
+      <c r="E57" s="104"/>
+      <c r="F57" s="104"/>
+      <c r="G57" s="104"/>
+      <c r="H57" s="104"/>
+      <c r="I57" s="104"/>
+      <c r="J57" s="104"/>
+      <c r="K57" s="104"/>
+      <c r="L57" s="104"/>
+      <c r="M57" s="104"/>
+      <c r="N57" s="104"/>
+      <c r="O57" s="104"/>
+      <c r="P57" s="104"/>
+      <c r="Q57" s="104"/>
+      <c r="R57" s="104"/>
+      <c r="S57" s="104"/>
+      <c r="T57" s="105"/>
     </row>
     <row r="58" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B58" s="108"/>
-[...17 lines deleted...]
-      <c r="T58" s="110"/>
+      <c r="B58" s="103"/>
+      <c r="C58" s="104"/>
+      <c r="D58" s="104"/>
+      <c r="E58" s="104"/>
+      <c r="F58" s="104"/>
+      <c r="G58" s="104"/>
+      <c r="H58" s="104"/>
+      <c r="I58" s="104"/>
+      <c r="J58" s="104"/>
+      <c r="K58" s="104"/>
+      <c r="L58" s="104"/>
+      <c r="M58" s="104"/>
+      <c r="N58" s="104"/>
+      <c r="O58" s="104"/>
+      <c r="P58" s="104"/>
+      <c r="Q58" s="104"/>
+      <c r="R58" s="104"/>
+      <c r="S58" s="104"/>
+      <c r="T58" s="105"/>
     </row>
     <row r="59" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B59" s="108"/>
-[...17 lines deleted...]
-      <c r="T59" s="110"/>
+      <c r="B59" s="103"/>
+      <c r="C59" s="104"/>
+      <c r="D59" s="104"/>
+      <c r="E59" s="104"/>
+      <c r="F59" s="104"/>
+      <c r="G59" s="104"/>
+      <c r="H59" s="104"/>
+      <c r="I59" s="104"/>
+      <c r="J59" s="104"/>
+      <c r="K59" s="104"/>
+      <c r="L59" s="104"/>
+      <c r="M59" s="104"/>
+      <c r="N59" s="104"/>
+      <c r="O59" s="104"/>
+      <c r="P59" s="104"/>
+      <c r="Q59" s="104"/>
+      <c r="R59" s="104"/>
+      <c r="S59" s="104"/>
+      <c r="T59" s="105"/>
     </row>
     <row r="60" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B60" s="108"/>
-[...17 lines deleted...]
-      <c r="T60" s="110"/>
+      <c r="B60" s="103"/>
+      <c r="C60" s="104"/>
+      <c r="D60" s="104"/>
+      <c r="E60" s="104"/>
+      <c r="F60" s="104"/>
+      <c r="G60" s="104"/>
+      <c r="H60" s="104"/>
+      <c r="I60" s="104"/>
+      <c r="J60" s="104"/>
+      <c r="K60" s="104"/>
+      <c r="L60" s="104"/>
+      <c r="M60" s="104"/>
+      <c r="N60" s="104"/>
+      <c r="O60" s="104"/>
+      <c r="P60" s="104"/>
+      <c r="Q60" s="104"/>
+      <c r="R60" s="104"/>
+      <c r="S60" s="104"/>
+      <c r="T60" s="105"/>
     </row>
     <row r="61" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B61" s="108"/>
-[...17 lines deleted...]
-      <c r="T61" s="110"/>
+      <c r="B61" s="103"/>
+      <c r="C61" s="104"/>
+      <c r="D61" s="104"/>
+      <c r="E61" s="104"/>
+      <c r="F61" s="104"/>
+      <c r="G61" s="104"/>
+      <c r="H61" s="104"/>
+      <c r="I61" s="104"/>
+      <c r="J61" s="104"/>
+      <c r="K61" s="104"/>
+      <c r="L61" s="104"/>
+      <c r="M61" s="104"/>
+      <c r="N61" s="104"/>
+      <c r="O61" s="104"/>
+      <c r="P61" s="104"/>
+      <c r="Q61" s="104"/>
+      <c r="R61" s="104"/>
+      <c r="S61" s="104"/>
+      <c r="T61" s="105"/>
     </row>
     <row r="62" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B62" s="108"/>
-[...17 lines deleted...]
-      <c r="T62" s="110"/>
+      <c r="B62" s="103"/>
+      <c r="C62" s="104"/>
+      <c r="D62" s="104"/>
+      <c r="E62" s="104"/>
+      <c r="F62" s="104"/>
+      <c r="G62" s="104"/>
+      <c r="H62" s="104"/>
+      <c r="I62" s="104"/>
+      <c r="J62" s="104"/>
+      <c r="K62" s="104"/>
+      <c r="L62" s="104"/>
+      <c r="M62" s="104"/>
+      <c r="N62" s="104"/>
+      <c r="O62" s="104"/>
+      <c r="P62" s="104"/>
+      <c r="Q62" s="104"/>
+      <c r="R62" s="104"/>
+      <c r="S62" s="104"/>
+      <c r="T62" s="105"/>
     </row>
     <row r="63" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B63" s="108"/>
-[...17 lines deleted...]
-      <c r="T63" s="110"/>
+      <c r="B63" s="103"/>
+      <c r="C63" s="104"/>
+      <c r="D63" s="104"/>
+      <c r="E63" s="104"/>
+      <c r="F63" s="104"/>
+      <c r="G63" s="104"/>
+      <c r="H63" s="104"/>
+      <c r="I63" s="104"/>
+      <c r="J63" s="104"/>
+      <c r="K63" s="104"/>
+      <c r="L63" s="104"/>
+      <c r="M63" s="104"/>
+      <c r="N63" s="104"/>
+      <c r="O63" s="104"/>
+      <c r="P63" s="104"/>
+      <c r="Q63" s="104"/>
+      <c r="R63" s="104"/>
+      <c r="S63" s="104"/>
+      <c r="T63" s="105"/>
     </row>
     <row r="64" spans="2:24" x14ac:dyDescent="0.4">
-      <c r="B64" s="108"/>
-[...17 lines deleted...]
-      <c r="T64" s="110"/>
+      <c r="B64" s="103"/>
+      <c r="C64" s="104"/>
+      <c r="D64" s="104"/>
+      <c r="E64" s="104"/>
+      <c r="F64" s="104"/>
+      <c r="G64" s="104"/>
+      <c r="H64" s="104"/>
+      <c r="I64" s="104"/>
+      <c r="J64" s="104"/>
+      <c r="K64" s="104"/>
+      <c r="L64" s="104"/>
+      <c r="M64" s="104"/>
+      <c r="N64" s="104"/>
+      <c r="O64" s="104"/>
+      <c r="P64" s="104"/>
+      <c r="Q64" s="104"/>
+      <c r="R64" s="104"/>
+      <c r="S64" s="104"/>
+      <c r="T64" s="105"/>
     </row>
     <row r="65" spans="2:20" x14ac:dyDescent="0.4">
-      <c r="B65" s="108"/>
-[...17 lines deleted...]
-      <c r="T65" s="110"/>
+      <c r="B65" s="103"/>
+      <c r="C65" s="104"/>
+      <c r="D65" s="104"/>
+      <c r="E65" s="104"/>
+      <c r="F65" s="104"/>
+      <c r="G65" s="104"/>
+      <c r="H65" s="104"/>
+      <c r="I65" s="104"/>
+      <c r="J65" s="104"/>
+      <c r="K65" s="104"/>
+      <c r="L65" s="104"/>
+      <c r="M65" s="104"/>
+      <c r="N65" s="104"/>
+      <c r="O65" s="104"/>
+      <c r="P65" s="104"/>
+      <c r="Q65" s="104"/>
+      <c r="R65" s="104"/>
+      <c r="S65" s="104"/>
+      <c r="T65" s="105"/>
     </row>
     <row r="66" spans="2:20" x14ac:dyDescent="0.4">
-      <c r="B66" s="108"/>
-[...17 lines deleted...]
-      <c r="T66" s="110"/>
+      <c r="B66" s="103"/>
+      <c r="C66" s="104"/>
+      <c r="D66" s="104"/>
+      <c r="E66" s="104"/>
+      <c r="F66" s="104"/>
+      <c r="G66" s="104"/>
+      <c r="H66" s="104"/>
+      <c r="I66" s="104"/>
+      <c r="J66" s="104"/>
+      <c r="K66" s="104"/>
+      <c r="L66" s="104"/>
+      <c r="M66" s="104"/>
+      <c r="N66" s="104"/>
+      <c r="O66" s="104"/>
+      <c r="P66" s="104"/>
+      <c r="Q66" s="104"/>
+      <c r="R66" s="104"/>
+      <c r="S66" s="104"/>
+      <c r="T66" s="105"/>
     </row>
     <row r="67" spans="2:20" ht="15" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B67" s="111"/>
-[...17 lines deleted...]
-      <c r="T67" s="113"/>
+      <c r="B67" s="106"/>
+      <c r="C67" s="107"/>
+      <c r="D67" s="107"/>
+      <c r="E67" s="107"/>
+      <c r="F67" s="107"/>
+      <c r="G67" s="107"/>
+      <c r="H67" s="107"/>
+      <c r="I67" s="107"/>
+      <c r="J67" s="107"/>
+      <c r="K67" s="107"/>
+      <c r="L67" s="107"/>
+      <c r="M67" s="107"/>
+      <c r="N67" s="107"/>
+      <c r="O67" s="107"/>
+      <c r="P67" s="107"/>
+      <c r="Q67" s="107"/>
+      <c r="R67" s="107"/>
+      <c r="S67" s="107"/>
+      <c r="T67" s="108"/>
     </row>
   </sheetData>
-  <mergeCells count="52">
+  <mergeCells count="53">
     <mergeCell ref="J26:N26"/>
     <mergeCell ref="C10:I11"/>
     <mergeCell ref="K10:N11"/>
     <mergeCell ref="P10:U11"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="E17:T17"/>
     <mergeCell ref="B19:D19"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="M19:N19"/>
     <mergeCell ref="I22:L22"/>
     <mergeCell ref="Q22:V22"/>
     <mergeCell ref="M22:O22"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="B26:I26"/>
     <mergeCell ref="B24:G24"/>
     <mergeCell ref="H24:L24"/>
     <mergeCell ref="B56:T67"/>
     <mergeCell ref="B47:D47"/>
     <mergeCell ref="E47:T47"/>
     <mergeCell ref="B49:D49"/>
     <mergeCell ref="F52:H52"/>
     <mergeCell ref="J52:O52"/>
     <mergeCell ref="E49:F49"/>
     <mergeCell ref="M49:N49"/>
     <mergeCell ref="B52:E52"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="D30:F30"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="J30:K30"/>
     <mergeCell ref="B43:E43"/>
     <mergeCell ref="F43:T43"/>
     <mergeCell ref="B38:E38"/>
     <mergeCell ref="F38:T38"/>
     <mergeCell ref="J32:Q32"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="D36:F36"/>
     <mergeCell ref="H36:I36"/>
     <mergeCell ref="J36:K36"/>
     <mergeCell ref="B32:I32"/>
+    <mergeCell ref="B22:E22"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:S3"/>
     <mergeCell ref="I12:I13"/>
     <mergeCell ref="J12:N13"/>
     <mergeCell ref="O10:O11"/>
     <mergeCell ref="C12:H13"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="J8:J9"/>
     <mergeCell ref="B10:B11"/>
     <mergeCell ref="J10:J11"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="K8:O9"/>
     <mergeCell ref="C8:I9"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <conditionalFormatting sqref="B56:T67">
     <cfRule type="cellIs" dxfId="33" priority="29" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D30">
     <cfRule type="cellIs" dxfId="32" priority="40" operator="equal">
       <formula>""</formula>
     </cfRule>
   </conditionalFormatting>
@@ -10312,657 +10306,657 @@
     <col min="37" max="43" width="8.25" customWidth="1"/>
     <col min="44" max="44" width="36.25" bestFit="1" customWidth="1"/>
     <col min="45" max="45" width="12" bestFit="1" customWidth="1"/>
     <col min="46" max="46" width="3.125" bestFit="1" customWidth="1"/>
     <col min="47" max="47" width="12" bestFit="1" customWidth="1"/>
     <col min="48" max="48" width="13.25" bestFit="1" customWidth="1"/>
     <col min="49" max="49" width="11.75" bestFit="1" customWidth="1"/>
     <col min="50" max="50" width="22.5" customWidth="1"/>
     <col min="51" max="51" width="21.875" bestFit="1" customWidth="1"/>
     <col min="52" max="52" width="31.5" bestFit="1" customWidth="1"/>
     <col min="54" max="54" width="12" bestFit="1" customWidth="1"/>
     <col min="55" max="55" width="15.125" bestFit="1" customWidth="1"/>
     <col min="57" max="57" width="12" bestFit="1" customWidth="1"/>
     <col min="58" max="58" width="15.125" bestFit="1" customWidth="1"/>
     <col min="59" max="59" width="32.625" bestFit="1" customWidth="1"/>
     <col min="60" max="60" width="13.25" bestFit="1" customWidth="1"/>
     <col min="61" max="61" width="12" bestFit="1" customWidth="1"/>
     <col min="62" max="62" width="3.125" bestFit="1" customWidth="1"/>
     <col min="63" max="63" width="12" bestFit="1" customWidth="1"/>
     <col min="64" max="64" width="11.75" bestFit="1" customWidth="1"/>
     <col min="65" max="65" width="11.5" bestFit="1" customWidth="1"/>
     <col min="66" max="66" width="92" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:66" x14ac:dyDescent="0.4">
-      <c r="A2" s="123" t="s">
-[...2 lines deleted...]
-      <c r="B2" s="126" t="s">
+      <c r="A2" s="118" t="s">
+        <v>162</v>
+      </c>
+      <c r="B2" s="121" t="s">
+        <v>96</v>
+      </c>
+      <c r="C2" s="121"/>
+      <c r="D2" s="121"/>
+      <c r="E2" s="121"/>
+      <c r="F2" s="111" t="s">
+        <v>72</v>
+      </c>
+      <c r="G2" s="112"/>
+      <c r="H2" s="112"/>
+      <c r="I2" s="112"/>
+      <c r="J2" s="112"/>
+      <c r="K2" s="112"/>
+      <c r="L2" s="112"/>
+      <c r="M2" s="112"/>
+      <c r="N2" s="112"/>
+      <c r="O2" s="112"/>
+      <c r="P2" s="112"/>
+      <c r="Q2" s="112"/>
+      <c r="R2" s="112"/>
+      <c r="S2" s="112"/>
+      <c r="T2" s="112"/>
+      <c r="U2" s="112"/>
+      <c r="V2" s="112"/>
+      <c r="W2" s="112"/>
+      <c r="X2" s="112"/>
+      <c r="Y2" s="112"/>
+      <c r="Z2" s="112"/>
+      <c r="AA2" s="112"/>
+      <c r="AB2" s="112"/>
+      <c r="AC2" s="112"/>
+      <c r="AD2" s="112"/>
+      <c r="AE2" s="112"/>
+      <c r="AF2" s="112"/>
+      <c r="AG2" s="112"/>
+      <c r="AH2" s="112"/>
+      <c r="AI2" s="112"/>
+      <c r="AJ2" s="113"/>
+      <c r="AK2" s="122" t="s">
+        <v>48</v>
+      </c>
+      <c r="AL2" s="122"/>
+      <c r="AM2" s="122"/>
+      <c r="AN2" s="122"/>
+      <c r="AO2" s="122"/>
+      <c r="AP2" s="122"/>
+      <c r="AQ2" s="122"/>
+      <c r="AR2" s="122"/>
+      <c r="AS2" s="122"/>
+      <c r="AT2" s="122"/>
+      <c r="AU2" s="122"/>
+      <c r="AV2" s="122"/>
+      <c r="AW2" s="122"/>
+      <c r="AX2" s="122"/>
+      <c r="AY2" s="122"/>
+      <c r="AZ2" s="122"/>
+      <c r="BA2" s="122"/>
+      <c r="BB2" s="122"/>
+      <c r="BC2" s="122"/>
+      <c r="BD2" s="122"/>
+      <c r="BE2" s="122"/>
+      <c r="BF2" s="122"/>
+      <c r="BG2" s="122"/>
+      <c r="BH2" s="122"/>
+      <c r="BI2" s="122"/>
+      <c r="BJ2" s="122"/>
+      <c r="BK2" s="122"/>
+      <c r="BL2" s="122"/>
+      <c r="BM2" s="122"/>
+      <c r="BN2" s="122"/>
+    </row>
+    <row r="3" spans="1:66" x14ac:dyDescent="0.4">
+      <c r="A3" s="118"/>
+      <c r="B3" s="123" t="s">
         <v>97</v>
       </c>
-      <c r="C2" s="126"/>
-[...70 lines deleted...]
-      <c r="B3" s="128" t="s">
+      <c r="C3" s="123" t="s">
         <v>98</v>
       </c>
-      <c r="C3" s="128" t="s">
+      <c r="D3" s="123" t="s">
         <v>99</v>
       </c>
-      <c r="D3" s="128" t="s">
+      <c r="E3" s="123" t="s">
         <v>100</v>
       </c>
-      <c r="E3" s="128" t="s">
+      <c r="F3" s="111" t="s">
         <v>101</v>
       </c>
-      <c r="F3" s="116" t="s">
+      <c r="G3" s="112"/>
+      <c r="H3" s="112"/>
+      <c r="I3" s="112"/>
+      <c r="J3" s="112"/>
+      <c r="K3" s="112"/>
+      <c r="L3" s="112"/>
+      <c r="M3" s="113"/>
+      <c r="N3" s="114" t="s">
         <v>102</v>
       </c>
-      <c r="G3" s="117"/>
-[...6 lines deleted...]
-      <c r="N3" s="119" t="s">
+      <c r="O3" s="114"/>
+      <c r="P3" s="114"/>
+      <c r="Q3" s="114"/>
+      <c r="R3" s="114"/>
+      <c r="S3" s="114"/>
+      <c r="T3" s="114"/>
+      <c r="U3" s="114"/>
+      <c r="V3" s="111" t="s">
         <v>103</v>
       </c>
-      <c r="O3" s="119"/>
-[...6 lines deleted...]
-      <c r="V3" s="116" t="s">
+      <c r="W3" s="112"/>
+      <c r="X3" s="112"/>
+      <c r="Y3" s="112"/>
+      <c r="Z3" s="112"/>
+      <c r="AA3" s="113"/>
+      <c r="AB3" s="114" t="s">
         <v>104</v>
       </c>
-      <c r="W3" s="117"/>
-[...4 lines deleted...]
-      <c r="AB3" s="119" t="s">
+      <c r="AC3" s="114"/>
+      <c r="AD3" s="114"/>
+      <c r="AE3" s="114"/>
+      <c r="AF3" s="114"/>
+      <c r="AG3" s="114"/>
+      <c r="AH3" s="114"/>
+      <c r="AI3" s="114"/>
+      <c r="AJ3" s="41" t="s">
+        <v>5</v>
+      </c>
+      <c r="AK3" s="115" t="s">
         <v>105</v>
       </c>
-      <c r="AC3" s="119"/>
-[...6 lines deleted...]
-      <c r="AJ3" s="42" t="s">
+      <c r="AL3" s="116"/>
+      <c r="AM3" s="116"/>
+      <c r="AN3" s="116"/>
+      <c r="AO3" s="116"/>
+      <c r="AP3" s="116"/>
+      <c r="AQ3" s="117"/>
+      <c r="AR3" s="115" t="s">
+        <v>106</v>
+      </c>
+      <c r="AS3" s="116"/>
+      <c r="AT3" s="116"/>
+      <c r="AU3" s="116"/>
+      <c r="AV3" s="116"/>
+      <c r="AW3" s="116"/>
+      <c r="AX3" s="116"/>
+      <c r="AY3" s="116"/>
+      <c r="AZ3" s="117"/>
+      <c r="BA3" s="115" t="s">
+        <v>107</v>
+      </c>
+      <c r="BB3" s="116"/>
+      <c r="BC3" s="117"/>
+      <c r="BD3" s="115" t="s">
+        <v>108</v>
+      </c>
+      <c r="BE3" s="116"/>
+      <c r="BF3" s="117"/>
+      <c r="BG3" s="42" t="s">
+        <v>109</v>
+      </c>
+      <c r="BH3" s="115" t="s">
+        <v>110</v>
+      </c>
+      <c r="BI3" s="116"/>
+      <c r="BJ3" s="116"/>
+      <c r="BK3" s="116"/>
+      <c r="BL3" s="116"/>
+      <c r="BM3" s="117"/>
+      <c r="BN3" s="119" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="4" spans="1:66" x14ac:dyDescent="0.4">
+      <c r="A4" s="118"/>
+      <c r="B4" s="124"/>
+      <c r="C4" s="124"/>
+      <c r="D4" s="124"/>
+      <c r="E4" s="124"/>
+      <c r="F4" s="43" t="s">
+        <v>112</v>
+      </c>
+      <c r="G4" s="43" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" s="43" t="s">
+        <v>114</v>
+      </c>
+      <c r="I4" s="43" t="s">
+        <v>115</v>
+      </c>
+      <c r="J4" s="43" t="s">
+        <v>116</v>
+      </c>
+      <c r="K4" s="43" t="s">
+        <v>83</v>
+      </c>
+      <c r="L4" s="43" t="s">
+        <v>117</v>
+      </c>
+      <c r="M4" s="43" t="s">
         <v>5</v>
       </c>
-      <c r="AK3" s="120" t="s">
-[...8 lines deleted...]
-      <c r="AR3" s="120" t="s">
+      <c r="N4" s="41" t="s">
+        <v>118</v>
+      </c>
+      <c r="O4" s="41" t="s">
+        <v>33</v>
+      </c>
+      <c r="P4" s="114" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q4" s="114"/>
+      <c r="R4" s="114"/>
+      <c r="S4" s="41" t="s">
+        <v>120</v>
+      </c>
+      <c r="T4" s="41" t="s">
+        <v>121</v>
+      </c>
+      <c r="U4" s="41" t="s">
+        <v>122</v>
+      </c>
+      <c r="V4" s="41" t="s">
+        <v>123</v>
+      </c>
+      <c r="W4" s="41" t="s">
+        <v>124</v>
+      </c>
+      <c r="X4" s="44" t="s">
+        <v>125</v>
+      </c>
+      <c r="Y4" s="44" t="s">
+        <v>126</v>
+      </c>
+      <c r="Z4" s="41" t="s">
+        <v>127</v>
+      </c>
+      <c r="AA4" s="44" t="s">
+        <v>128</v>
+      </c>
+      <c r="AB4" s="43" t="s">
+        <v>37</v>
+      </c>
+      <c r="AC4" s="43" t="s">
+        <v>36</v>
+      </c>
+      <c r="AD4" s="43" t="s">
+        <v>41</v>
+      </c>
+      <c r="AE4" s="43" t="s">
+        <v>38</v>
+      </c>
+      <c r="AF4" s="43" t="s">
+        <v>39</v>
+      </c>
+      <c r="AG4" s="43" t="s">
+        <v>5</v>
+      </c>
+      <c r="AH4" s="43" t="s">
+        <v>129</v>
+      </c>
+      <c r="AI4" s="43" t="s">
+        <v>130</v>
+      </c>
+      <c r="AJ4" s="43" t="s">
+        <v>129</v>
+      </c>
+      <c r="AK4" s="45" t="s">
+        <v>131</v>
+      </c>
+      <c r="AL4" s="45" t="s">
+        <v>132</v>
+      </c>
+      <c r="AM4" s="45" t="s">
         <v>107</v>
       </c>
-      <c r="AS3" s="121"/>
-[...130 lines deleted...]
-      <c r="AL4" s="46" t="s">
+      <c r="AN4" s="45" t="s">
         <v>133</v>
       </c>
-      <c r="AM4" s="46" t="s">
-[...2 lines deleted...]
-      <c r="AN4" s="46" t="s">
+      <c r="AO4" s="45" t="s">
         <v>134</v>
       </c>
-      <c r="AO4" s="46" t="s">
+      <c r="AP4" s="45" t="s">
         <v>135</v>
       </c>
-      <c r="AP4" s="46" t="s">
+      <c r="AQ4" s="45" t="s">
         <v>136</v>
       </c>
-      <c r="AQ4" s="46" t="s">
+      <c r="AR4" s="42" t="s">
         <v>137</v>
       </c>
-      <c r="AR4" s="43" t="s">
+      <c r="AS4" s="115" t="s">
         <v>138</v>
       </c>
-      <c r="AS4" s="120" t="s">
+      <c r="AT4" s="116"/>
+      <c r="AU4" s="117"/>
+      <c r="AV4" s="42" t="s">
         <v>139</v>
       </c>
-      <c r="AT4" s="121"/>
-[...1 lines deleted...]
-      <c r="AV4" s="43" t="s">
+      <c r="AW4" s="42" t="s">
         <v>140</v>
       </c>
-      <c r="AW4" s="43" t="s">
+      <c r="AX4" s="42" t="s">
         <v>141</v>
       </c>
-      <c r="AX4" s="43" t="s">
+      <c r="AY4" s="42" t="s">
         <v>142</v>
       </c>
-      <c r="AY4" s="43" t="s">
+      <c r="AZ4" s="42" t="s">
         <v>143</v>
       </c>
-      <c r="AZ4" s="43" t="s">
+      <c r="BA4" s="42" t="s">
         <v>144</v>
       </c>
-      <c r="BA4" s="43" t="s">
+      <c r="BB4" s="42" t="s">
         <v>145</v>
       </c>
-      <c r="BB4" s="43" t="s">
+      <c r="BC4" s="42" t="s">
         <v>146</v>
       </c>
-      <c r="BC4" s="43" t="s">
+      <c r="BD4" s="42" t="s">
+        <v>144</v>
+      </c>
+      <c r="BE4" s="42" t="s">
+        <v>145</v>
+      </c>
+      <c r="BF4" s="42" t="s">
         <v>147</v>
       </c>
-      <c r="BD4" s="43" t="s">
-[...11 lines deleted...]
-      <c r="BH4" s="47" t="s">
+      <c r="BG4" s="42" t="s">
+        <v>147</v>
+      </c>
+      <c r="BH4" s="46" t="s">
+        <v>137</v>
+      </c>
+      <c r="BI4" s="115" t="s">
         <v>138</v>
       </c>
-      <c r="BI4" s="120" t="s">
-[...4 lines deleted...]
-      <c r="BL4" s="47" t="s">
+      <c r="BJ4" s="116"/>
+      <c r="BK4" s="117"/>
+      <c r="BL4" s="46" t="s">
+        <v>140</v>
+      </c>
+      <c r="BM4" s="46" t="s">
         <v>141</v>
       </c>
-      <c r="BM4" s="47" t="s">
-[...2 lines deleted...]
-      <c r="BN4" s="125"/>
+      <c r="BN4" s="120"/>
     </row>
     <row r="5" spans="1:66" x14ac:dyDescent="0.4">
-      <c r="A5" s="59"/>
-      <c r="B5" s="48" t="str">
+      <c r="A5" s="55"/>
+      <c r="B5" s="47" t="str">
         <f>IF(表紙!E4="","",表紙!E4)</f>
         <v/>
       </c>
-      <c r="C5" s="48" t="str">
+      <c r="C5" s="47" t="str">
         <f>IF(表紙!N4="","",表紙!N4)</f>
         <v/>
       </c>
-      <c r="D5" s="48" t="str">
+      <c r="D5" s="47" t="str">
         <f>IF(表紙!E6="","",表紙!E6)</f>
         <v/>
       </c>
-      <c r="E5" s="48" t="str">
+      <c r="E5" s="47" t="str">
         <f>IF(表紙!N6="","",表紙!N6)</f>
         <v/>
       </c>
-      <c r="F5" s="49" t="str">
+      <c r="F5" s="48" t="str">
         <f>基礎情報!Y9</f>
         <v/>
       </c>
-      <c r="G5" s="49" t="str">
+      <c r="G5" s="48" t="str">
         <f>基礎情報!Z9</f>
         <v/>
       </c>
-      <c r="H5" s="49" t="str">
+      <c r="H5" s="48" t="str">
         <f>基礎情報!AA9</f>
         <v/>
       </c>
-      <c r="I5" s="49" t="str">
+      <c r="I5" s="48" t="str">
         <f>基礎情報!Y11</f>
         <v/>
       </c>
-      <c r="J5" s="49" t="str">
+      <c r="J5" s="48" t="str">
         <f>基礎情報!Z11</f>
         <v/>
       </c>
-      <c r="K5" s="49" t="str">
+      <c r="K5" s="48" t="str">
         <f>基礎情報!AA11</f>
         <v/>
       </c>
-      <c r="L5" s="49" t="str">
+      <c r="L5" s="48" t="str">
         <f>基礎情報!Y13</f>
         <v/>
       </c>
-      <c r="M5" s="49" t="str">
+      <c r="M5" s="48" t="str">
         <f>基礎情報!Z13</f>
         <v/>
       </c>
-      <c r="N5" s="48" t="str">
+      <c r="N5" s="47" t="str">
         <f>基礎情報!X18</f>
         <v/>
       </c>
-      <c r="O5" s="48" t="str">
+      <c r="O5" s="47" t="str">
         <f>IF(基礎情報!L18="","",基礎情報!L18)</f>
         <v/>
       </c>
-      <c r="P5" s="50" t="str">
+      <c r="P5" s="49" t="str">
         <f>基礎情報!V20</f>
         <v>//</v>
       </c>
-      <c r="Q5" s="49" t="s">
-[...2 lines deleted...]
-      <c r="R5" s="50" t="str">
+      <c r="Q5" s="48" t="s">
+        <v>148</v>
+      </c>
+      <c r="R5" s="49" t="str">
         <f>基礎情報!W20</f>
         <v>//</v>
       </c>
-      <c r="S5" s="48" t="str">
+      <c r="S5" s="47" t="str">
         <f>IF(基礎情報!F22="","",基礎情報!F22)</f>
         <v/>
       </c>
-      <c r="T5" s="48" t="str">
+      <c r="T5" s="47" t="str">
         <f>IF(基礎情報!O22="","",基礎情報!O22)</f>
         <v/>
       </c>
-      <c r="U5" s="48" t="str">
+      <c r="U5" s="47" t="str">
         <f>IF(基礎情報!F24="","",基礎情報!F24)</f>
         <v/>
       </c>
-      <c r="V5" s="50" t="str">
+      <c r="V5" s="49" t="str">
         <f>基礎情報!V28</f>
         <v>//</v>
       </c>
-      <c r="W5" s="48" t="str">
+      <c r="W5" s="47" t="str">
         <f>IF(基礎情報!Q28="","",基礎情報!Q28)</f>
         <v/>
       </c>
-      <c r="X5" s="48" t="str">
+      <c r="X5" s="47" t="str">
         <f>IF(基礎情報!F30="","",基礎情報!F30)</f>
         <v/>
       </c>
-      <c r="Y5" s="48" t="str">
+      <c r="Y5" s="47" t="str">
         <f>IF(基礎情報!N30="","",基礎情報!N30)</f>
         <v/>
       </c>
-      <c r="Z5" s="48" t="str">
+      <c r="Z5" s="47" t="str">
         <f>IF(基礎情報!F32="","",基礎情報!F32)</f>
         <v/>
       </c>
-      <c r="AA5" s="48" t="str">
+      <c r="AA5" s="47" t="str">
         <f>IF(基礎情報!G34="","",基礎情報!G34)</f>
         <v/>
       </c>
-      <c r="AB5" s="49" t="str">
+      <c r="AB5" s="48" t="str">
         <f>基礎情報!Y38</f>
         <v/>
       </c>
-      <c r="AC5" s="49" t="str">
+      <c r="AC5" s="48" t="str">
         <f>基礎情報!Z38</f>
         <v/>
       </c>
-      <c r="AD5" s="49" t="str">
+      <c r="AD5" s="48" t="str">
         <f>基礎情報!AA38</f>
         <v/>
       </c>
-      <c r="AE5" s="49" t="str">
+      <c r="AE5" s="48" t="str">
         <f>基礎情報!Y40</f>
         <v/>
       </c>
-      <c r="AF5" s="49" t="str">
+      <c r="AF5" s="48" t="str">
         <f>基礎情報!Z40</f>
         <v/>
       </c>
-      <c r="AG5" s="49" t="str">
+      <c r="AG5" s="48" t="str">
         <f>基礎情報!AA40</f>
         <v/>
       </c>
-      <c r="AH5" s="48" t="str">
+      <c r="AH5" s="47" t="str">
         <f>IF(基礎情報!N40="","",基礎情報!N40)</f>
         <v/>
       </c>
-      <c r="AI5" s="48" t="str">
+      <c r="AI5" s="47" t="str">
         <f>IF(基礎情報!D42="","",基礎情報!D42)</f>
         <v/>
       </c>
-      <c r="AJ5" s="48" t="str">
+      <c r="AJ5" s="47" t="str">
         <f>IF(基礎情報!F46="","",基礎情報!F46)</f>
         <v/>
       </c>
-      <c r="AK5" s="49" t="str">
+      <c r="AK5" s="48" t="str">
         <f>相談シート!Z8</f>
         <v/>
       </c>
-      <c r="AL5" s="49" t="str">
+      <c r="AL5" s="48" t="str">
         <f>相談シート!AA8</f>
         <v/>
       </c>
-      <c r="AM5" s="49" t="str">
+      <c r="AM5" s="48" t="str">
         <f>相談シート!Z10</f>
         <v/>
       </c>
-      <c r="AN5" s="49" t="str">
+      <c r="AN5" s="48" t="str">
         <f>相談シート!AA10</f>
         <v/>
       </c>
-      <c r="AO5" s="49" t="str">
+      <c r="AO5" s="48" t="str">
         <f>相談シート!AB10</f>
         <v/>
       </c>
-      <c r="AP5" s="49" t="str">
+      <c r="AP5" s="48" t="str">
         <f>相談シート!Z12</f>
         <v/>
       </c>
-      <c r="AQ5" s="49" t="str">
+      <c r="AQ5" s="48" t="str">
         <f>相談シート!AA12</f>
         <v/>
       </c>
-      <c r="AR5" s="48" t="str">
+      <c r="AR5" s="47" t="str">
         <f>IF(相談シート!E17="","",相談シート!E17)</f>
         <v/>
       </c>
-      <c r="AS5" s="50" t="str">
+      <c r="AS5" s="49" t="str">
         <f>相談シート!W19</f>
         <v>//</v>
       </c>
-      <c r="AT5" s="49" t="s">
-[...2 lines deleted...]
-      <c r="AU5" s="50" t="str">
+      <c r="AT5" s="48" t="s">
+        <v>148</v>
+      </c>
+      <c r="AU5" s="49" t="str">
         <f>相談シート!X19</f>
         <v>//</v>
       </c>
-      <c r="AV5" s="48" t="str">
+      <c r="AV5" s="47" t="str">
         <f>IF(相談シート!F22="","",相談シート!F22)</f>
         <v/>
       </c>
-      <c r="AW5" s="48" t="str">
+      <c r="AW5" s="47" t="str">
         <f>IF(相談シート!M22="","",相談シート!M22)</f>
         <v/>
       </c>
-      <c r="AX5" s="48" t="str">
+      <c r="AX5" s="47" t="str">
         <f>IF(相談シート!Q22="","",相談シート!Q22)</f>
         <v/>
       </c>
-      <c r="AY5" s="48" t="str">
+      <c r="AY5" s="47" t="str">
         <f>IF(相談シート!H24="","",相談シート!H24)</f>
         <v/>
       </c>
-      <c r="AZ5" s="48" t="str">
+      <c r="AZ5" s="47" t="str">
         <f>IF(相談シート!J26="","",相談シート!J26)</f>
         <v/>
       </c>
-      <c r="BA5" s="48" t="str">
+      <c r="BA5" s="47" t="str">
         <f>IF(相談シート!D30="","",相談シート!D30)</f>
         <v/>
       </c>
-      <c r="BB5" s="48" t="str">
+      <c r="BB5" s="47" t="str">
         <f>相談シート!W30</f>
         <v>//</v>
       </c>
-      <c r="BC5" s="48" t="str">
+      <c r="BC5" s="47" t="str">
         <f>IF(相談シート!J32="","",相談シート!J32)</f>
         <v/>
       </c>
-      <c r="BD5" s="48" t="str">
+      <c r="BD5" s="47" t="str">
         <f>IF(相談シート!D36="","",相談シート!D36)</f>
         <v/>
       </c>
-      <c r="BE5" s="50" t="str">
+      <c r="BE5" s="49" t="str">
         <f>相談シート!W36</f>
         <v>//</v>
       </c>
-      <c r="BF5" s="48" t="str">
+      <c r="BF5" s="47" t="str">
         <f>IF(相談シート!F38="","",相談シート!F38)</f>
         <v/>
       </c>
-      <c r="BG5" s="48" t="str">
+      <c r="BG5" s="47" t="str">
         <f>IF(相談シート!F43="","",相談シート!F43)</f>
         <v/>
       </c>
-      <c r="BH5" s="48" t="str">
+      <c r="BH5" s="47" t="str">
         <f>IF(相談シート!E47="","",相談シート!E47)</f>
         <v/>
       </c>
-      <c r="BI5" s="50" t="str">
+      <c r="BI5" s="49" t="str">
         <f>相談シート!W49</f>
         <v>//</v>
       </c>
-      <c r="BJ5" s="49" t="s">
-[...2 lines deleted...]
-      <c r="BK5" s="50" t="str">
+      <c r="BJ5" s="48" t="s">
+        <v>148</v>
+      </c>
+      <c r="BK5" s="49" t="str">
         <f>相談シート!X49</f>
         <v>//</v>
       </c>
-      <c r="BL5" s="48" t="str">
+      <c r="BL5" s="47" t="str">
         <f>IF(相談シート!F52="","",相談シート!F52)</f>
         <v/>
       </c>
-      <c r="BM5" s="48" t="str">
+      <c r="BM5" s="47" t="str">
         <f>IF(相談シート!J52="","",相談シート!J52)</f>
         <v/>
       </c>
-      <c r="BN5" s="48" t="str">
+      <c r="BN5" s="47" t="str">
         <f>IF(相談シート!B56="","",相談シート!B56)</f>
         <v/>
       </c>
     </row>
   </sheetData>
   <mergeCells count="21">
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="BH3:BM3"/>
     <mergeCell ref="BN3:BN4"/>
     <mergeCell ref="P4:R4"/>
     <mergeCell ref="AS4:AU4"/>
     <mergeCell ref="BI4:BK4"/>
     <mergeCell ref="AR3:AZ3"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:AJ2"/>
     <mergeCell ref="AK2:BN2"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:M3"/>
     <mergeCell ref="N3:U3"/>
     <mergeCell ref="V3:AA3"/>
     <mergeCell ref="AB3:AI3"/>
     <mergeCell ref="AK3:AQ3"/>