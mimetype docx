--- v0 (2025-10-10)
+++ v1 (2026-02-18)
@@ -4,51 +4,51 @@
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="63EA3041" w14:textId="49F8BE33" w:rsidR="00556BFD" w:rsidRDefault="00822D24" w:rsidP="00BF32FC">
+    <w:p w14:paraId="63EA3041" w14:textId="68F8551E" w:rsidR="00556BFD" w:rsidRDefault="00822D24" w:rsidP="00BF32FC">
       <w:pPr>
         <w:ind w:rightChars="-236" w:right="-496"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D27F2C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71C6E9BC" wp14:editId="276DE604">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>-34290</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-548640</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1685925" cy="528257"/>
             <wp:effectExtent l="0" t="0" r="0" b="5715"/>
@@ -100,50 +100,59 @@
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BF32FC">
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>大阪</w:t>
       </w:r>
       <w:r w:rsidR="00631417">
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>大学</w:t>
       </w:r>
+      <w:r w:rsidR="003F0424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>施設系</w:t>
+      </w:r>
       <w:r w:rsidR="00BF32FC">
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>技術職員</w:t>
       </w:r>
       <w:r w:rsidR="00631417">
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>採用試験　エントリー</w:t>
       </w:r>
       <w:r w:rsidR="008E2F61">
         <w:rPr>
           <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -326,69 +335,87 @@
           <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="99" w:type="dxa"/>
           <w:right w:w="99" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10022"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F548C7" w:rsidRPr="003770C1" w14:paraId="57B9B3FB" w14:textId="77777777" w:rsidTr="00F548C7">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10022" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FD1D95C" w14:textId="2702B867" w:rsidR="00F548C7" w:rsidRDefault="00F548C7" w:rsidP="00F548C7">
+          <w:p w14:paraId="4FD1D95C" w14:textId="754C7625" w:rsidR="00F548C7" w:rsidRDefault="00F548C7" w:rsidP="00F548C7">
             <w:pPr>
               <w:ind w:rightChars="-236" w:right="-496"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0019339F">
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>大阪大学の技術職員を志望する理由を書いて下さい。＜４００字以内＞</w:t>
+              <w:t>大阪大学の</w:t>
+            </w:r>
+            <w:r w:rsidR="003F0424">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>施設系</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0019339F">
+              <w:rPr>
+                <w:rFonts w:eastAsia="ＭＳ ゴシック" w:hint="eastAsia"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>技術職員を志望する理由を書いて下さい。＜４００字以内＞</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F518B02" w14:textId="172EFB86" w:rsidR="00F548C7" w:rsidRDefault="00F548C7" w:rsidP="00F548C7">
             <w:pPr>
               <w:ind w:rightChars="-236" w:right="-496"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="03F5C90C" w14:textId="1D4061E8" w:rsidR="00F548C7" w:rsidRDefault="00F548C7" w:rsidP="00F548C7">
             <w:pPr>
               <w:ind w:rightChars="-236" w:right="-496"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="ＭＳ ゴシック"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -1040,58 +1067,58 @@
         </w:rPr>
         <w:t>エントリーシート</w:t>
       </w:r>
       <w:r w:rsidR="00556BFD" w:rsidRPr="00E07636">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:hint="eastAsia"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>は、職員採用業務以外には使用いたしません。</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00556BFD" w:rsidRPr="00E07636" w:rsidSect="00A1449E">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="567" w:left="1134" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="318"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B0DF7AE" w14:textId="77777777" w:rsidR="00520C80" w:rsidRDefault="00520C80" w:rsidP="0074315F">
+    <w:p w14:paraId="54051111" w14:textId="77777777" w:rsidR="00B132D8" w:rsidRDefault="00B132D8" w:rsidP="0074315F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35E0CA54" w14:textId="77777777" w:rsidR="00520C80" w:rsidRDefault="00520C80" w:rsidP="0074315F">
+    <w:p w14:paraId="1D03359F" w14:textId="77777777" w:rsidR="00B132D8" w:rsidRDefault="00B132D8" w:rsidP="0074315F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ＭＳ 明朝">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1115,58 +1142,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ＭＳ Ｐゴシック">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29D68D1A" w14:textId="77777777" w:rsidR="00520C80" w:rsidRDefault="00520C80" w:rsidP="0074315F">
+    <w:p w14:paraId="586D49B3" w14:textId="77777777" w:rsidR="00B132D8" w:rsidRDefault="00B132D8" w:rsidP="0074315F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B3DC66B" w14:textId="77777777" w:rsidR="00520C80" w:rsidRDefault="00520C80" w:rsidP="0074315F">
+    <w:p w14:paraId="71627157" w14:textId="77777777" w:rsidR="00B132D8" w:rsidRDefault="00B132D8" w:rsidP="0074315F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="004E705E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E884C458"/>
     <w:lvl w:ilvl="0" w:tplc="EEE8E55E">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="※"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
@@ -1950,51 +1977,51 @@
   </w:num>
   <w:num w:numId="2" w16cid:durableId="232815374">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="964701993">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="43220712">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1326471239">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1569537523">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="840"/>
   <w:drawingGridVerticalSpacing w:val="159"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050">
       <v:textbox inset="5.85pt,.7pt,5.85pt,.7pt"/>
     </o:shapedefaults>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
@@ -2033,159 +2060,164 @@
     <w:rsid w:val="001439B2"/>
     <w:rsid w:val="00177556"/>
     <w:rsid w:val="00184749"/>
     <w:rsid w:val="0019339F"/>
     <w:rsid w:val="001D0EF2"/>
     <w:rsid w:val="001E2173"/>
     <w:rsid w:val="001F2F43"/>
     <w:rsid w:val="001F4E7E"/>
     <w:rsid w:val="001F6509"/>
     <w:rsid w:val="0025325E"/>
     <w:rsid w:val="00264B8B"/>
     <w:rsid w:val="002729CD"/>
     <w:rsid w:val="002A484E"/>
     <w:rsid w:val="002B00C7"/>
     <w:rsid w:val="00311706"/>
     <w:rsid w:val="003238D2"/>
     <w:rsid w:val="00353469"/>
     <w:rsid w:val="00362EAB"/>
     <w:rsid w:val="003770C1"/>
     <w:rsid w:val="00380F86"/>
     <w:rsid w:val="00380FC1"/>
     <w:rsid w:val="00386E18"/>
     <w:rsid w:val="00395065"/>
     <w:rsid w:val="003C6B01"/>
     <w:rsid w:val="003E2C2F"/>
+    <w:rsid w:val="003F0424"/>
     <w:rsid w:val="004163F9"/>
     <w:rsid w:val="00427014"/>
     <w:rsid w:val="004374AC"/>
     <w:rsid w:val="004568AF"/>
     <w:rsid w:val="0047117B"/>
     <w:rsid w:val="00482BA7"/>
     <w:rsid w:val="00493906"/>
     <w:rsid w:val="004B0B72"/>
     <w:rsid w:val="004C3101"/>
     <w:rsid w:val="004F3787"/>
     <w:rsid w:val="00504392"/>
     <w:rsid w:val="00520C80"/>
     <w:rsid w:val="00526073"/>
     <w:rsid w:val="00547534"/>
     <w:rsid w:val="00556BFD"/>
     <w:rsid w:val="00584C27"/>
     <w:rsid w:val="00586F74"/>
     <w:rsid w:val="005979E8"/>
     <w:rsid w:val="00597CA1"/>
     <w:rsid w:val="005A2536"/>
     <w:rsid w:val="005D4411"/>
     <w:rsid w:val="005E1E4E"/>
     <w:rsid w:val="0061499D"/>
     <w:rsid w:val="006152BB"/>
     <w:rsid w:val="00626D17"/>
     <w:rsid w:val="00631417"/>
     <w:rsid w:val="006414E5"/>
     <w:rsid w:val="00661AD9"/>
     <w:rsid w:val="006712CF"/>
     <w:rsid w:val="006769F0"/>
     <w:rsid w:val="00680BB8"/>
     <w:rsid w:val="00683DBF"/>
     <w:rsid w:val="00684ED9"/>
     <w:rsid w:val="00686D70"/>
     <w:rsid w:val="00692C20"/>
     <w:rsid w:val="006957DC"/>
     <w:rsid w:val="006C5DB7"/>
     <w:rsid w:val="006E0B7A"/>
     <w:rsid w:val="00700DBC"/>
     <w:rsid w:val="00703101"/>
     <w:rsid w:val="007173A8"/>
     <w:rsid w:val="00725DE5"/>
     <w:rsid w:val="00737D50"/>
     <w:rsid w:val="007411A1"/>
     <w:rsid w:val="0074315F"/>
     <w:rsid w:val="007644B9"/>
     <w:rsid w:val="0077597C"/>
     <w:rsid w:val="007C03C9"/>
     <w:rsid w:val="007C6486"/>
     <w:rsid w:val="007E1A6C"/>
+    <w:rsid w:val="0080454A"/>
     <w:rsid w:val="008143F0"/>
     <w:rsid w:val="008166D1"/>
     <w:rsid w:val="00820F75"/>
     <w:rsid w:val="0082206D"/>
     <w:rsid w:val="00822D24"/>
     <w:rsid w:val="00824E11"/>
     <w:rsid w:val="0084126C"/>
     <w:rsid w:val="008438F8"/>
     <w:rsid w:val="0084462F"/>
     <w:rsid w:val="00853C95"/>
     <w:rsid w:val="00857234"/>
     <w:rsid w:val="00872BC3"/>
     <w:rsid w:val="00884BC3"/>
     <w:rsid w:val="008B3698"/>
     <w:rsid w:val="008B7D34"/>
     <w:rsid w:val="008E2F61"/>
     <w:rsid w:val="00907BE4"/>
     <w:rsid w:val="0092326C"/>
     <w:rsid w:val="009309C2"/>
     <w:rsid w:val="0095724C"/>
     <w:rsid w:val="00964603"/>
     <w:rsid w:val="0096488E"/>
     <w:rsid w:val="00964998"/>
     <w:rsid w:val="00974D89"/>
     <w:rsid w:val="0098101E"/>
     <w:rsid w:val="009C2FED"/>
     <w:rsid w:val="009D5622"/>
+    <w:rsid w:val="009E2186"/>
     <w:rsid w:val="00A122C6"/>
     <w:rsid w:val="00A12E34"/>
     <w:rsid w:val="00A1449E"/>
     <w:rsid w:val="00A5151A"/>
     <w:rsid w:val="00A73543"/>
     <w:rsid w:val="00A7749D"/>
     <w:rsid w:val="00A8010A"/>
     <w:rsid w:val="00A84D9D"/>
     <w:rsid w:val="00A86383"/>
     <w:rsid w:val="00A8647E"/>
     <w:rsid w:val="00AC5E6E"/>
     <w:rsid w:val="00B114C6"/>
+    <w:rsid w:val="00B132D8"/>
     <w:rsid w:val="00B14122"/>
     <w:rsid w:val="00B21F87"/>
     <w:rsid w:val="00B62CE6"/>
     <w:rsid w:val="00B97AD8"/>
     <w:rsid w:val="00BA1B42"/>
     <w:rsid w:val="00BB25E8"/>
     <w:rsid w:val="00BB3DF7"/>
     <w:rsid w:val="00BE33B1"/>
     <w:rsid w:val="00BE46E7"/>
     <w:rsid w:val="00BF32FC"/>
     <w:rsid w:val="00BF38DC"/>
     <w:rsid w:val="00C224DC"/>
     <w:rsid w:val="00C3593B"/>
     <w:rsid w:val="00C3636D"/>
     <w:rsid w:val="00C666CA"/>
     <w:rsid w:val="00C768A0"/>
     <w:rsid w:val="00C77A42"/>
     <w:rsid w:val="00C90F27"/>
     <w:rsid w:val="00C95540"/>
     <w:rsid w:val="00CD0A66"/>
+    <w:rsid w:val="00CD23BC"/>
     <w:rsid w:val="00CE7522"/>
     <w:rsid w:val="00D0450B"/>
     <w:rsid w:val="00D078EC"/>
     <w:rsid w:val="00D16CC2"/>
     <w:rsid w:val="00D47A76"/>
     <w:rsid w:val="00D7457E"/>
     <w:rsid w:val="00D76236"/>
     <w:rsid w:val="00DA056D"/>
     <w:rsid w:val="00DD2653"/>
     <w:rsid w:val="00E0688F"/>
     <w:rsid w:val="00E07636"/>
     <w:rsid w:val="00E1381E"/>
     <w:rsid w:val="00E54E42"/>
     <w:rsid w:val="00E66004"/>
     <w:rsid w:val="00E8187F"/>
     <w:rsid w:val="00E908A8"/>
     <w:rsid w:val="00E9200B"/>
     <w:rsid w:val="00EA464C"/>
     <w:rsid w:val="00EB2EC6"/>
     <w:rsid w:val="00EE7F5F"/>
     <w:rsid w:val="00F05AA6"/>
     <w:rsid w:val="00F22ABC"/>
     <w:rsid w:val="00F23778"/>
     <w:rsid w:val="00F23C8B"/>
     <w:rsid w:val="00F548C7"/>
@@ -3160,75 +3192,76 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2D900CBF-88F9-4184-A14E-9F3EAD21ED5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>281</Words>
-  <Characters>64</Characters>
+  <Words>52</Words>
+  <Characters>299</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>タイトル</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>平成16年度  職員採用について</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>344</CharactersWithSpaces>
+  <CharactersWithSpaces>350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>ocu ocu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>